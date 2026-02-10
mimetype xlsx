--- v0 (2025-10-29)
+++ v1 (2026-02-10)
@@ -1,446 +1,1393 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://gsfcga-my.sharepoint.com/personal/kshook_gsfc_org/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mwilliams\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="148" documentId="8_{889C60B5-954F-4A60-9020-DA13A3C54E92}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B8DD8473-E9EE-4E78-AFA8-7C7C45F7BB18}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FD511D5C-D5C5-40BA-9DC5-4B62349161A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E6DF4947-8B37-48A4-9D1F-F466005F8998}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{E6DF4947-8B37-48A4-9D1F-F466005F8998}"/>
   </bookViews>
   <sheets>
     <sheet name="Student List" sheetId="4" r:id="rId1"/>
     <sheet name="Data--DO NOT ERASE" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="17">
   <si>
-    <t>NAME OF INSTITUTION</t>
+    <t>Instructions: Complete this spreadsheet with graduted student information for the last fiscal year and upload it as part of your Outcome Data Reporting in Tab 3 in Edvera. This table is duplicated 3 times, for a total of 4 pages, if additional space is needed.</t>
   </si>
   <si>
-    <t>COMPLETED BY</t>
+    <t>Name of Institution</t>
   </si>
   <si>
-    <t>DATE COMPLETED</t>
+    <t>Completed By</t>
   </si>
   <si>
-    <t>REPORTING PERIOD</t>
+    <t>Date Completed</t>
+  </si>
+  <si>
+    <t>Reporting Period</t>
   </si>
   <si>
     <t>Graduate Name</t>
   </si>
   <si>
     <t>Program</t>
   </si>
   <si>
+    <t>Status of Graduated Student</t>
+  </si>
+  <si>
+    <t>Employer</t>
+  </si>
+  <si>
     <t>Graduate Email</t>
   </si>
   <si>
     <t>Graduate Phone Number</t>
   </si>
   <si>
-    <t>Status of Graduated Student</t>
-[...4 lines deleted...]
-  <si>
     <t>How many times did you contact this student?</t>
   </si>
   <si>
     <t>What method(s) did you use to contact this student?</t>
+  </si>
+  <si>
+    <t>Status of Graduated 
+Student</t>
   </si>
   <si>
     <t>PLACED IN FIELD</t>
   </si>
   <si>
     <t>NOT PLACED IN FIELD</t>
   </si>
   <si>
     <t>UNAVAILABLE FOR RESPONSE</t>
   </si>
-  <si>
-[...1 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.39997558519241921"/>
+        <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right/>
       <top style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...44 lines deleted...]
-      </right>
       <top style="thin">
         <color theme="4" tint="0.39997558519241921"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="44">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </left>
+        <right style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </left>
+        <right style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </left>
+        <right style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right/>
+        <top style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <left style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </left>
+        <right style="thin">
+          <color theme="4" tint="0.39997558519241921"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.79998168889431442"/>
+          <bgColor theme="4" tint="0.79998168889431442"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFFF00FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{AF232476-A27F-423C-9954-04C6CBF7B71F}" name="Table1" displayName="Table1" ref="A6:H58" totalsRowShown="0" headerRowDxfId="43" dataDxfId="42" tableBorderDxfId="41">
+  <autoFilter ref="A6:H58" xr:uid="{AF232476-A27F-423C-9954-04C6CBF7B71F}"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{3F63F7B3-C966-49A6-B137-23E1C1C06A2B}" name="Graduate Name" dataDxfId="40"/>
+    <tableColumn id="2" xr3:uid="{29DC807B-2C76-450F-A87A-B681BF843798}" name="Program" dataDxfId="39"/>
+    <tableColumn id="3" xr3:uid="{B8A70A33-1AEA-48B1-844F-F3E0B412F439}" name="Status of Graduated Student" dataDxfId="38"/>
+    <tableColumn id="4" xr3:uid="{14A1F531-8C0E-4B46-95E5-D6857AC76011}" name="Employer" dataDxfId="37"/>
+    <tableColumn id="5" xr3:uid="{812BB6F1-D17D-4D9E-A770-E23EC7EA3CAB}" name="Graduate Email" dataDxfId="36"/>
+    <tableColumn id="6" xr3:uid="{41421D47-8C80-4A19-94FB-E9AB84B717A2}" name="Graduate Phone Number" dataDxfId="35"/>
+    <tableColumn id="7" xr3:uid="{E6E230E5-C273-4EBB-98EE-7602F1F9C479}" name="How many times did you contact this student?" dataDxfId="34"/>
+    <tableColumn id="8" xr3:uid="{D59F6FA9-DF9C-499C-A838-F8AD3305288E}" name="What method(s) did you use to contact this student?" dataDxfId="33"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{89B345FD-F7E4-46FB-8D99-58038F268279}" name="Table15" displayName="Table15" ref="A63:H115" totalsRowShown="0" headerRowDxfId="32" dataDxfId="31" tableBorderDxfId="30">
+  <autoFilter ref="A63:H115" xr:uid="{89B345FD-F7E4-46FB-8D99-58038F268279}"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{AA2F0F01-41EE-4799-AD9D-D1A4BB8BAF60}" name="Graduate Name" dataDxfId="29"/>
+    <tableColumn id="2" xr3:uid="{DA75066E-9FE8-4FDE-A32C-423C74154B55}" name="Program" dataDxfId="28"/>
+    <tableColumn id="3" xr3:uid="{2D734287-D658-441E-99AA-644A6E684428}" name="Status of Graduated _x000a_Student" dataDxfId="27"/>
+    <tableColumn id="4" xr3:uid="{6C27D0E5-B243-4162-8D9D-92343EBBD351}" name="Employer" dataDxfId="26"/>
+    <tableColumn id="5" xr3:uid="{99BB374C-E4BA-4CC7-B4AC-58E2067220EA}" name="Graduate Email" dataDxfId="25"/>
+    <tableColumn id="6" xr3:uid="{4C2A3297-1240-45DF-B9B3-0DB621E1EC1F}" name="Graduate Phone Number" dataDxfId="24"/>
+    <tableColumn id="7" xr3:uid="{26AA3DA1-1EA1-4F40-8A48-E057AB33E04E}" name="How many times did you contact this student?" dataDxfId="23"/>
+    <tableColumn id="8" xr3:uid="{3F00B477-8103-4CFA-9192-216815F80BA5}" name="What method(s) did you use to contact this student?" dataDxfId="22"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{253D1042-61B3-4693-86EA-EBA7237168CB}" name="Table16" displayName="Table16" ref="A120:H171" totalsRowShown="0" headerRowDxfId="21" dataDxfId="20" tableBorderDxfId="19">
+  <autoFilter ref="A120:H171" xr:uid="{253D1042-61B3-4693-86EA-EBA7237168CB}"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{D71AFB57-52CD-4476-8893-90CA756F8A34}" name="Graduate Name" dataDxfId="18"/>
+    <tableColumn id="2" xr3:uid="{F105B305-3B65-487A-AF79-3085C466AEE9}" name="Program" dataDxfId="17"/>
+    <tableColumn id="3" xr3:uid="{3BEA5106-1CF9-40E0-A109-985A9AA2592C}" name="Status of Graduated Student" dataDxfId="16"/>
+    <tableColumn id="4" xr3:uid="{CACF685D-1CAF-4666-BF29-468F1CA7D7CA}" name="Employer" dataDxfId="15"/>
+    <tableColumn id="5" xr3:uid="{53303468-60D3-4554-AE10-83B5478A0D82}" name="Graduate Email" dataDxfId="14"/>
+    <tableColumn id="6" xr3:uid="{2EE3C2E8-910C-4C46-A1D1-22DD0C2A56D1}" name="Graduate Phone Number" dataDxfId="13"/>
+    <tableColumn id="7" xr3:uid="{1310B421-8D7B-445E-A8C2-4D1EC0A5CFD9}" name="How many times did you contact this student?" dataDxfId="12"/>
+    <tableColumn id="8" xr3:uid="{D1496F9E-C3F5-4B61-8B63-37F59F1D1498}" name="What method(s) did you use to contact this student?" dataDxfId="11"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{54939376-860D-4F78-AA40-252C1F7ECDB4}" name="Table167" displayName="Table167" ref="A177:H228" totalsRowShown="0" headerRowDxfId="10" dataDxfId="9" tableBorderDxfId="8">
+  <autoFilter ref="A177:H228" xr:uid="{54939376-860D-4F78-AA40-252C1F7ECDB4}"/>
+  <tableColumns count="8">
+    <tableColumn id="1" xr3:uid="{2D117152-75D2-4FEC-8C4F-6D6CC9FDAF8B}" name="Graduate Name" dataDxfId="7"/>
+    <tableColumn id="2" xr3:uid="{E4CAB2EE-F7D0-4823-AACB-3C0372161B80}" name="Program" dataDxfId="6"/>
+    <tableColumn id="3" xr3:uid="{A98D7754-3952-437A-AD8B-62DA46CCEC3C}" name="Status of Graduated Student" dataDxfId="5"/>
+    <tableColumn id="4" xr3:uid="{7061C903-9879-40ED-8261-895A41FA6D60}" name="Employer" dataDxfId="4"/>
+    <tableColumn id="5" xr3:uid="{A5C43999-3366-41AD-BB31-BC4A620F90E5}" name="Graduate Email" dataDxfId="3"/>
+    <tableColumn id="6" xr3:uid="{F6BA5B08-8FE5-4ABE-A5BA-7506561FF5BC}" name="Graduate Phone Number" dataDxfId="2"/>
+    <tableColumn id="7" xr3:uid="{E2F55299-B81C-4E8A-818E-B47D93185BA3}" name="How many times did you contact this student?" dataDxfId="1"/>
+    <tableColumn id="8" xr3:uid="{9F0D6F8C-C792-4B21-B7CF-6E667BB32DE1}" name="What method(s) did you use to contact this student?" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -715,2504 +1662,2512 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6B816821-67D1-410D-AACF-BEE892072AD6}">
   <dimension ref="A1:H228"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="70" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="F1" sqref="F1"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A115" zoomScale="80" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="A115" sqref="A115:H115"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="26.7265625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="34.26953125" customWidth="1"/>
+    <col min="1" max="1" width="26.88671875" customWidth="1"/>
+    <col min="2" max="2" width="33.88671875" customWidth="1"/>
+    <col min="3" max="3" width="26.88671875" customWidth="1"/>
+    <col min="4" max="4" width="40.44140625" customWidth="1"/>
+    <col min="5" max="5" width="28.88671875" customWidth="1"/>
+    <col min="6" max="6" width="21.6640625" customWidth="1"/>
+    <col min="7" max="7" width="27.88671875" customWidth="1"/>
+    <col min="8" max="8" width="33" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.35">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="20"/>
-[...8 lines deleted...]
-      <c r="A2" s="3" t="s">
+      <c r="B1" s="16"/>
+      <c r="C1" s="16"/>
+      <c r="D1" s="16"/>
+      <c r="E1" s="16"/>
+      <c r="F1" s="16"/>
+      <c r="G1" s="16"/>
+      <c r="H1" s="19"/>
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="20"/>
-[...1 lines deleted...]
-      <c r="D2" s="19" t="s">
+      <c r="B2" s="10"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="11"/>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E2" s="5"/>
-[...2 lines deleted...]
-      <c r="A3" s="4" t="s">
+      <c r="B3" s="10"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="14"/>
+      <c r="F3" s="14"/>
+      <c r="G3" s="14"/>
+      <c r="H3" s="20"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A4" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="20"/>
-[...18 lines deleted...]
-      <c r="A5" s="15" t="s">
+      <c r="B4" s="8"/>
+      <c r="C4" s="14"/>
+      <c r="D4" s="14"/>
+      <c r="E4" s="14"/>
+      <c r="F4" s="14"/>
+      <c r="G4" s="14"/>
+      <c r="H4" s="9"/>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A5" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="16" t="s">
+      <c r="B5" s="18"/>
+      <c r="C5" s="12"/>
+      <c r="D5" s="12"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="22"/>
+    </row>
+    <row r="6" spans="1:8" s="1" customFormat="1" ht="43.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="16" t="s">
+      <c r="B6" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="17" t="s">
+      <c r="C6" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E5" s="17" t="s">
+      <c r="D6" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F5" s="17" t="s">
+      <c r="E6" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G5" s="17" t="s">
+      <c r="F6" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="H5" s="18" t="s">
+      <c r="G6" s="15" t="s">
         <v>11</v>
       </c>
-    </row>
-[...521 lines deleted...]
-      <c r="A58" s="3" t="s">
+      <c r="H6" s="15" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A7" s="3"/>
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A8" s="4"/>
+      <c r="B8" s="4"/>
+      <c r="C8" s="4"/>
+      <c r="D8" s="4"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="4"/>
+      <c r="G8" s="4"/>
+      <c r="H8" s="4"/>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A9" s="3"/>
+      <c r="B9" s="3"/>
+      <c r="C9" s="3"/>
+      <c r="D9" s="3"/>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A10" s="4"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4"/>
+      <c r="H10" s="4"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A11" s="3"/>
+      <c r="B11" s="3"/>
+      <c r="C11" s="3"/>
+      <c r="D11" s="3"/>
+      <c r="E11" s="3"/>
+      <c r="F11" s="3"/>
+      <c r="G11" s="3"/>
+      <c r="H11" s="3"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A12" s="4"/>
+      <c r="B12" s="4"/>
+      <c r="C12" s="4"/>
+      <c r="D12" s="4"/>
+      <c r="E12" s="4"/>
+      <c r="F12" s="4"/>
+      <c r="G12" s="4"/>
+      <c r="H12" s="4"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A13" s="3"/>
+      <c r="B13" s="3"/>
+      <c r="C13" s="3"/>
+      <c r="D13" s="3"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A14" s="4"/>
+      <c r="B14" s="4"/>
+      <c r="C14" s="4"/>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4"/>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="4"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A16" s="4"/>
+      <c r="B16" s="4"/>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="4"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A17" s="3"/>
+      <c r="B17" s="3"/>
+      <c r="C17" s="3"/>
+      <c r="D17" s="3"/>
+      <c r="E17" s="3"/>
+      <c r="F17" s="3"/>
+      <c r="G17" s="3"/>
+      <c r="H17" s="3"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A18" s="4"/>
+      <c r="B18" s="4"/>
+      <c r="C18" s="4"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="4"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A19" s="3"/>
+      <c r="B19" s="3"/>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="3"/>
+      <c r="G19" s="3"/>
+      <c r="H19" s="3"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A20" s="4"/>
+      <c r="B20" s="4"/>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="4"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A21" s="3"/>
+      <c r="B21" s="3"/>
+      <c r="C21" s="3"/>
+      <c r="D21" s="3"/>
+      <c r="E21" s="3"/>
+      <c r="F21" s="3"/>
+      <c r="G21" s="3"/>
+      <c r="H21" s="3"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A22" s="4"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="4"/>
+      <c r="H22" s="4"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A23" s="3"/>
+      <c r="B23" s="3"/>
+      <c r="C23" s="3"/>
+      <c r="D23" s="3"/>
+      <c r="E23" s="3"/>
+      <c r="F23" s="3"/>
+      <c r="G23" s="3"/>
+      <c r="H23" s="3"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A24" s="4"/>
+      <c r="B24" s="4"/>
+      <c r="C24" s="4"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="4"/>
+      <c r="G24" s="4"/>
+      <c r="H24" s="4"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A25" s="3"/>
+      <c r="B25" s="3"/>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A26" s="4"/>
+      <c r="B26" s="4"/>
+      <c r="C26" s="4"/>
+      <c r="D26" s="4"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="4"/>
+      <c r="G26" s="4"/>
+      <c r="H26" s="4"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A27" s="3"/>
+      <c r="B27" s="3"/>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="3"/>
+      <c r="G27" s="3"/>
+      <c r="H27" s="3"/>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A28" s="4"/>
+      <c r="B28" s="4"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="4"/>
+      <c r="G28" s="4"/>
+      <c r="H28" s="4"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A29" s="3"/>
+      <c r="B29" s="3"/>
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="3"/>
+      <c r="F29" s="3"/>
+      <c r="G29" s="3"/>
+      <c r="H29" s="3"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A30" s="4"/>
+      <c r="B30" s="4"/>
+      <c r="C30" s="4"/>
+      <c r="D30" s="4"/>
+      <c r="E30" s="4"/>
+      <c r="F30" s="4"/>
+      <c r="G30" s="4"/>
+      <c r="H30" s="4"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A31" s="3"/>
+      <c r="B31" s="3"/>
+      <c r="C31" s="3"/>
+      <c r="D31" s="3"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A32" s="4"/>
+      <c r="B32" s="4"/>
+      <c r="C32" s="4"/>
+      <c r="D32" s="4"/>
+      <c r="E32" s="4"/>
+      <c r="F32" s="4"/>
+      <c r="G32" s="4"/>
+      <c r="H32" s="4"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A33" s="3"/>
+      <c r="B33" s="3"/>
+      <c r="C33" s="3"/>
+      <c r="D33" s="3"/>
+      <c r="E33" s="3"/>
+      <c r="F33" s="3"/>
+      <c r="G33" s="3"/>
+      <c r="H33" s="3"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A34" s="4"/>
+      <c r="B34" s="4"/>
+      <c r="C34" s="4"/>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+      <c r="F34" s="4"/>
+      <c r="G34" s="4"/>
+      <c r="H34" s="4"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A35" s="3"/>
+      <c r="B35" s="3"/>
+      <c r="C35" s="3"/>
+      <c r="D35" s="3"/>
+      <c r="E35" s="3"/>
+      <c r="F35" s="3"/>
+      <c r="G35" s="3"/>
+      <c r="H35" s="3"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A36" s="4"/>
+      <c r="B36" s="4"/>
+      <c r="C36" s="4"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="4"/>
+      <c r="G36" s="4"/>
+      <c r="H36" s="4"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A37" s="3"/>
+      <c r="B37" s="3"/>
+      <c r="C37" s="3"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A38" s="4"/>
+      <c r="B38" s="4"/>
+      <c r="C38" s="4"/>
+      <c r="D38" s="4"/>
+      <c r="E38" s="4"/>
+      <c r="F38" s="4"/>
+      <c r="G38" s="4"/>
+      <c r="H38" s="4"/>
+    </row>
+    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A39" s="3"/>
+      <c r="B39" s="3"/>
+      <c r="C39" s="3"/>
+      <c r="D39" s="3"/>
+      <c r="E39" s="3"/>
+      <c r="F39" s="3"/>
+      <c r="G39" s="3"/>
+      <c r="H39" s="3"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A40" s="4"/>
+      <c r="B40" s="4"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="4"/>
+      <c r="F40" s="4"/>
+      <c r="G40" s="4"/>
+      <c r="H40" s="4"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A41" s="3"/>
+      <c r="B41" s="3"/>
+      <c r="C41" s="3"/>
+      <c r="D41" s="3"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A42" s="4"/>
+      <c r="B42" s="4"/>
+      <c r="C42" s="4"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="4"/>
+      <c r="H42" s="4"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A43" s="3"/>
+      <c r="B43" s="3"/>
+      <c r="C43" s="3"/>
+      <c r="D43" s="3"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A44" s="4"/>
+      <c r="B44" s="4"/>
+      <c r="C44" s="4"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
+      <c r="F44" s="4"/>
+      <c r="G44" s="4"/>
+      <c r="H44" s="4"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A45" s="3"/>
+      <c r="B45" s="3"/>
+      <c r="C45" s="3"/>
+      <c r="D45" s="3"/>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A46" s="4"/>
+      <c r="B46" s="4"/>
+      <c r="C46" s="4"/>
+      <c r="D46" s="4"/>
+      <c r="E46" s="4"/>
+      <c r="F46" s="4"/>
+      <c r="G46" s="4"/>
+      <c r="H46" s="4"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A47" s="3"/>
+      <c r="B47" s="3"/>
+      <c r="C47" s="3"/>
+      <c r="D47" s="3"/>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A48" s="4"/>
+      <c r="B48" s="4"/>
+      <c r="C48" s="4"/>
+      <c r="D48" s="4"/>
+      <c r="E48" s="4"/>
+      <c r="F48" s="4"/>
+      <c r="G48" s="4"/>
+      <c r="H48" s="4"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A49" s="3"/>
+      <c r="B49" s="3"/>
+      <c r="C49" s="3"/>
+      <c r="D49" s="3"/>
+      <c r="E49" s="3"/>
+      <c r="F49" s="3"/>
+      <c r="G49" s="3"/>
+      <c r="H49" s="3"/>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A50" s="4"/>
+      <c r="B50" s="4"/>
+      <c r="C50" s="4"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="4"/>
+      <c r="F50" s="4"/>
+      <c r="G50" s="4"/>
+      <c r="H50" s="4"/>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A51" s="3"/>
+      <c r="B51" s="3"/>
+      <c r="C51" s="3"/>
+      <c r="D51" s="3"/>
+      <c r="E51" s="3"/>
+      <c r="F51" s="3"/>
+      <c r="G51" s="3"/>
+      <c r="H51" s="3"/>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A52" s="4"/>
+      <c r="B52" s="4"/>
+      <c r="C52" s="4"/>
+      <c r="D52" s="4"/>
+      <c r="E52" s="4"/>
+      <c r="F52" s="4"/>
+      <c r="G52" s="4"/>
+      <c r="H52" s="4"/>
+    </row>
+    <row r="53" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A53" s="3"/>
+      <c r="B53" s="3"/>
+      <c r="C53" s="3"/>
+      <c r="D53" s="3"/>
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A54" s="4"/>
+      <c r="B54" s="4"/>
+      <c r="C54" s="4"/>
+      <c r="D54" s="4"/>
+      <c r="E54" s="4"/>
+      <c r="F54" s="4"/>
+      <c r="G54" s="4"/>
+      <c r="H54" s="4"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A55" s="5"/>
+      <c r="B55" s="5"/>
+      <c r="C55" s="5"/>
+      <c r="D55" s="5"/>
+      <c r="E55" s="5"/>
+      <c r="F55" s="5"/>
+      <c r="G55" s="5"/>
+      <c r="H55" s="5"/>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A56" s="4"/>
+      <c r="B56" s="4"/>
+      <c r="C56" s="4"/>
+      <c r="D56" s="4"/>
+      <c r="E56" s="4"/>
+      <c r="F56" s="4"/>
+      <c r="G56" s="4"/>
+      <c r="H56" s="4"/>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A57" s="3"/>
+      <c r="B57" s="3"/>
+      <c r="C57" s="3"/>
+      <c r="D57" s="3"/>
+      <c r="E57" s="3"/>
+      <c r="F57" s="3"/>
+      <c r="G57" s="3"/>
+      <c r="H57" s="3"/>
+    </row>
+    <row r="58" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A58" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B58" s="20"/>
-[...3 lines deleted...]
-      <c r="F58" s="2"/>
+      <c r="B58" s="24"/>
+      <c r="C58" s="24"/>
+      <c r="D58" s="24"/>
+      <c r="E58" s="24"/>
+      <c r="F58" s="24"/>
       <c r="G58" s="24"/>
-      <c r="H58" s="25"/>
-[...2 lines deleted...]
-      <c r="A59" s="3" t="s">
+      <c r="H58" s="24"/>
+    </row>
+    <row r="59" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A59" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B59" s="20"/>
-[...1 lines deleted...]
-      <c r="D59" s="19" t="s">
+      <c r="B59" s="10"/>
+      <c r="C59" s="12"/>
+      <c r="D59" s="12"/>
+      <c r="E59" s="12"/>
+      <c r="F59" s="12"/>
+      <c r="G59" s="12"/>
+      <c r="H59" s="11"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A60" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E59" s="5"/>
-[...2 lines deleted...]
-      <c r="A60" s="4" t="s">
+      <c r="B60" s="10"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="14"/>
+      <c r="E60" s="14"/>
+      <c r="F60" s="14"/>
+      <c r="G60" s="14"/>
+      <c r="H60" s="20"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A61" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B60" s="20"/>
-[...18 lines deleted...]
-      <c r="A62" s="15" t="s">
+      <c r="B61" s="8"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="14"/>
+      <c r="E61" s="14"/>
+      <c r="F61" s="14"/>
+      <c r="G61" s="14"/>
+      <c r="H61" s="9"/>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A62" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="B62" s="16" t="s">
+      <c r="B62" s="18"/>
+      <c r="C62" s="12"/>
+      <c r="D62" s="12"/>
+      <c r="E62" s="12"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="12"/>
+      <c r="H62" s="22"/>
+    </row>
+    <row r="63" spans="1:8" s="1" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C62" s="16" t="s">
+      <c r="B63" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="D62" s="17" t="s">
+      <c r="C63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F63" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G63" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="H63" s="15" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A64" s="3"/>
+      <c r="B64" s="3"/>
+      <c r="C64" s="3"/>
+      <c r="D64" s="3"/>
+      <c r="E64" s="3"/>
+      <c r="F64" s="3"/>
+      <c r="G64" s="3"/>
+      <c r="H64" s="3"/>
+    </row>
+    <row r="65" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A65" s="4"/>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="4"/>
+      <c r="F65" s="4"/>
+      <c r="G65" s="4"/>
+      <c r="H65" s="4"/>
+    </row>
+    <row r="66" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A66" s="3"/>
+      <c r="B66" s="3"/>
+      <c r="C66" s="3"/>
+      <c r="D66" s="3"/>
+      <c r="E66" s="3"/>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3"/>
+      <c r="H66" s="3"/>
+    </row>
+    <row r="67" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A67" s="4"/>
+      <c r="B67" s="4"/>
+      <c r="C67" s="4"/>
+      <c r="D67" s="4"/>
+      <c r="E67" s="4"/>
+      <c r="F67" s="4"/>
+      <c r="G67" s="4"/>
+      <c r="H67" s="4"/>
+    </row>
+    <row r="68" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A68" s="3"/>
+      <c r="B68" s="3"/>
+      <c r="C68" s="3"/>
+      <c r="D68" s="3"/>
+      <c r="E68" s="3"/>
+      <c r="F68" s="3"/>
+      <c r="G68" s="3"/>
+      <c r="H68" s="3"/>
+    </row>
+    <row r="69" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A69" s="4"/>
+      <c r="B69" s="4"/>
+      <c r="C69" s="4"/>
+      <c r="D69" s="4"/>
+      <c r="E69" s="4"/>
+      <c r="F69" s="4"/>
+      <c r="G69" s="4"/>
+      <c r="H69" s="4"/>
+    </row>
+    <row r="70" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A70" s="3"/>
+      <c r="B70" s="3"/>
+      <c r="C70" s="3"/>
+      <c r="D70" s="3"/>
+      <c r="E70" s="3"/>
+      <c r="F70" s="3"/>
+      <c r="G70" s="3"/>
+      <c r="H70" s="3"/>
+    </row>
+    <row r="71" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A71" s="4"/>
+      <c r="B71" s="4"/>
+      <c r="C71" s="4"/>
+      <c r="D71" s="4"/>
+      <c r="E71" s="4"/>
+      <c r="F71" s="4"/>
+      <c r="G71" s="4"/>
+      <c r="H71" s="4"/>
+    </row>
+    <row r="72" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A72" s="3"/>
+      <c r="B72" s="3"/>
+      <c r="C72" s="3"/>
+      <c r="D72" s="3"/>
+      <c r="E72" s="3"/>
+      <c r="F72" s="3"/>
+      <c r="G72" s="3"/>
+      <c r="H72" s="3"/>
+    </row>
+    <row r="73" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A73" s="4"/>
+      <c r="B73" s="4"/>
+      <c r="C73" s="4"/>
+      <c r="D73" s="4"/>
+      <c r="E73" s="4"/>
+      <c r="F73" s="4"/>
+      <c r="G73" s="4"/>
+      <c r="H73" s="4"/>
+    </row>
+    <row r="74" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A74" s="3"/>
+      <c r="B74" s="3"/>
+      <c r="C74" s="3"/>
+      <c r="D74" s="3"/>
+      <c r="E74" s="3"/>
+      <c r="F74" s="3"/>
+      <c r="G74" s="3"/>
+      <c r="H74" s="3"/>
+    </row>
+    <row r="75" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A75" s="4"/>
+      <c r="B75" s="4"/>
+      <c r="C75" s="4"/>
+      <c r="D75" s="4"/>
+      <c r="E75" s="4"/>
+      <c r="F75" s="4"/>
+      <c r="G75" s="4"/>
+      <c r="H75" s="4"/>
+    </row>
+    <row r="76" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A76" s="3"/>
+      <c r="B76" s="3"/>
+      <c r="C76" s="3"/>
+      <c r="D76" s="3"/>
+      <c r="E76" s="3"/>
+      <c r="F76" s="3"/>
+      <c r="G76" s="3"/>
+      <c r="H76" s="3"/>
+    </row>
+    <row r="77" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A77" s="4"/>
+      <c r="B77" s="4"/>
+      <c r="C77" s="4"/>
+      <c r="D77" s="4"/>
+      <c r="E77" s="4"/>
+      <c r="F77" s="4"/>
+      <c r="G77" s="4"/>
+      <c r="H77" s="4"/>
+    </row>
+    <row r="78" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A78" s="3"/>
+      <c r="B78" s="3"/>
+      <c r="C78" s="3"/>
+      <c r="D78" s="3"/>
+      <c r="E78" s="3"/>
+      <c r="F78" s="3"/>
+      <c r="G78" s="3"/>
+      <c r="H78" s="3"/>
+    </row>
+    <row r="79" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A79" s="4"/>
+      <c r="B79" s="4"/>
+      <c r="C79" s="4"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="4"/>
+      <c r="F79" s="4"/>
+      <c r="G79" s="4"/>
+      <c r="H79" s="4"/>
+    </row>
+    <row r="80" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A80" s="3"/>
+      <c r="B80" s="3"/>
+      <c r="C80" s="3"/>
+      <c r="D80" s="3"/>
+      <c r="E80" s="3"/>
+      <c r="F80" s="3"/>
+      <c r="G80" s="3"/>
+      <c r="H80" s="3"/>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A81" s="4"/>
+      <c r="B81" s="4"/>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4"/>
+      <c r="E81" s="4"/>
+      <c r="F81" s="4"/>
+      <c r="G81" s="4"/>
+      <c r="H81" s="4"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A82" s="3"/>
+      <c r="B82" s="3"/>
+      <c r="C82" s="3"/>
+      <c r="D82" s="3"/>
+      <c r="E82" s="3"/>
+      <c r="F82" s="3"/>
+      <c r="G82" s="3"/>
+      <c r="H82" s="3"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A83" s="4"/>
+      <c r="B83" s="4"/>
+      <c r="C83" s="4"/>
+      <c r="D83" s="4"/>
+      <c r="E83" s="4"/>
+      <c r="F83" s="4"/>
+      <c r="G83" s="4"/>
+      <c r="H83" s="4"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A84" s="3"/>
+      <c r="B84" s="3"/>
+      <c r="C84" s="3"/>
+      <c r="D84" s="3"/>
+      <c r="E84" s="3"/>
+      <c r="F84" s="3"/>
+      <c r="G84" s="3"/>
+      <c r="H84" s="3"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A85" s="4"/>
+      <c r="B85" s="4"/>
+      <c r="C85" s="4"/>
+      <c r="D85" s="4"/>
+      <c r="E85" s="4"/>
+      <c r="F85" s="4"/>
+      <c r="G85" s="4"/>
+      <c r="H85" s="4"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A86" s="3"/>
+      <c r="B86" s="3"/>
+      <c r="C86" s="3"/>
+      <c r="D86" s="3"/>
+      <c r="E86" s="3"/>
+      <c r="F86" s="3"/>
+      <c r="G86" s="3"/>
+      <c r="H86" s="3"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A87" s="4"/>
+      <c r="B87" s="4"/>
+      <c r="C87" s="4"/>
+      <c r="D87" s="4"/>
+      <c r="E87" s="4"/>
+      <c r="F87" s="4"/>
+      <c r="G87" s="4"/>
+      <c r="H87" s="4"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A88" s="3"/>
+      <c r="B88" s="3"/>
+      <c r="C88" s="3"/>
+      <c r="D88" s="3"/>
+      <c r="E88" s="3"/>
+      <c r="F88" s="3"/>
+      <c r="G88" s="3"/>
+      <c r="H88" s="3"/>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A89" s="4"/>
+      <c r="B89" s="4"/>
+      <c r="C89" s="4"/>
+      <c r="D89" s="4"/>
+      <c r="E89" s="4"/>
+      <c r="F89" s="4"/>
+      <c r="G89" s="4"/>
+      <c r="H89" s="4"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A90" s="3"/>
+      <c r="B90" s="3"/>
+      <c r="C90" s="3"/>
+      <c r="D90" s="3"/>
+      <c r="E90" s="3"/>
+      <c r="F90" s="3"/>
+      <c r="G90" s="3"/>
+      <c r="H90" s="3"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A91" s="4"/>
+      <c r="B91" s="4"/>
+      <c r="C91" s="4"/>
+      <c r="D91" s="4"/>
+      <c r="E91" s="4"/>
+      <c r="F91" s="4"/>
+      <c r="G91" s="4"/>
+      <c r="H91" s="4"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A92" s="3"/>
+      <c r="B92" s="3"/>
+      <c r="C92" s="3"/>
+      <c r="D92" s="3"/>
+      <c r="E92" s="3"/>
+      <c r="F92" s="3"/>
+      <c r="G92" s="3"/>
+      <c r="H92" s="3"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A93" s="4"/>
+      <c r="B93" s="4"/>
+      <c r="C93" s="4"/>
+      <c r="D93" s="4"/>
+      <c r="E93" s="4"/>
+      <c r="F93" s="4"/>
+      <c r="G93" s="4"/>
+      <c r="H93" s="4"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A94" s="3"/>
+      <c r="B94" s="3"/>
+      <c r="C94" s="3"/>
+      <c r="D94" s="3"/>
+      <c r="E94" s="3"/>
+      <c r="F94" s="3"/>
+      <c r="G94" s="3"/>
+      <c r="H94" s="3"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A95" s="4"/>
+      <c r="B95" s="4"/>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4"/>
+      <c r="E95" s="4"/>
+      <c r="F95" s="4"/>
+      <c r="G95" s="4"/>
+      <c r="H95" s="4"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A96" s="3"/>
+      <c r="B96" s="3"/>
+      <c r="C96" s="3"/>
+      <c r="D96" s="3"/>
+      <c r="E96" s="3"/>
+      <c r="F96" s="3"/>
+      <c r="G96" s="3"/>
+      <c r="H96" s="3"/>
+    </row>
+    <row r="97" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A97" s="4"/>
+      <c r="B97" s="4"/>
+      <c r="C97" s="4"/>
+      <c r="D97" s="4"/>
+      <c r="E97" s="4"/>
+      <c r="F97" s="4"/>
+      <c r="G97" s="4"/>
+      <c r="H97" s="4"/>
+    </row>
+    <row r="98" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A98" s="3"/>
+      <c r="B98" s="3"/>
+      <c r="C98" s="3"/>
+      <c r="D98" s="3"/>
+      <c r="E98" s="3"/>
+      <c r="F98" s="3"/>
+      <c r="G98" s="3"/>
+      <c r="H98" s="3"/>
+    </row>
+    <row r="99" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A99" s="4"/>
+      <c r="B99" s="4"/>
+      <c r="C99" s="4"/>
+      <c r="D99" s="4"/>
+      <c r="E99" s="4"/>
+      <c r="F99" s="4"/>
+      <c r="G99" s="4"/>
+      <c r="H99" s="4"/>
+    </row>
+    <row r="100" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A100" s="3"/>
+      <c r="B100" s="3"/>
+      <c r="C100" s="3"/>
+      <c r="D100" s="3"/>
+      <c r="E100" s="3"/>
+      <c r="F100" s="3"/>
+      <c r="G100" s="3"/>
+      <c r="H100" s="3"/>
+    </row>
+    <row r="101" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A101" s="4"/>
+      <c r="B101" s="4"/>
+      <c r="C101" s="4"/>
+      <c r="D101" s="4"/>
+      <c r="E101" s="4"/>
+      <c r="F101" s="4"/>
+      <c r="G101" s="4"/>
+      <c r="H101" s="4"/>
+    </row>
+    <row r="102" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A102" s="3"/>
+      <c r="B102" s="3"/>
+      <c r="C102" s="3"/>
+      <c r="D102" s="3"/>
+      <c r="E102" s="3"/>
+      <c r="F102" s="3"/>
+      <c r="G102" s="3"/>
+      <c r="H102" s="3"/>
+    </row>
+    <row r="103" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A103" s="4"/>
+      <c r="B103" s="4"/>
+      <c r="C103" s="4"/>
+      <c r="D103" s="4"/>
+      <c r="E103" s="4"/>
+      <c r="F103" s="4"/>
+      <c r="G103" s="4"/>
+      <c r="H103" s="4"/>
+    </row>
+    <row r="104" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A104" s="3"/>
+      <c r="B104" s="3"/>
+      <c r="C104" s="3"/>
+      <c r="D104" s="3"/>
+      <c r="E104" s="3"/>
+      <c r="F104" s="3"/>
+      <c r="G104" s="3"/>
+      <c r="H104" s="3"/>
+    </row>
+    <row r="105" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A105" s="4"/>
+      <c r="B105" s="4"/>
+      <c r="C105" s="4"/>
+      <c r="D105" s="4"/>
+      <c r="E105" s="4"/>
+      <c r="F105" s="4"/>
+      <c r="G105" s="4"/>
+      <c r="H105" s="4"/>
+    </row>
+    <row r="106" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A106" s="3"/>
+      <c r="B106" s="3"/>
+      <c r="C106" s="3"/>
+      <c r="D106" s="3"/>
+      <c r="E106" s="3"/>
+      <c r="F106" s="3"/>
+      <c r="G106" s="3"/>
+      <c r="H106" s="3"/>
+    </row>
+    <row r="107" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A107" s="4"/>
+      <c r="B107" s="4"/>
+      <c r="C107" s="4"/>
+      <c r="D107" s="4"/>
+      <c r="E107" s="4"/>
+      <c r="F107" s="4"/>
+      <c r="G107" s="4"/>
+      <c r="H107" s="4"/>
+    </row>
+    <row r="108" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A108" s="3"/>
+      <c r="B108" s="3"/>
+      <c r="C108" s="3"/>
+      <c r="D108" s="3"/>
+      <c r="E108" s="3"/>
+      <c r="F108" s="3"/>
+      <c r="G108" s="3"/>
+      <c r="H108" s="3"/>
+    </row>
+    <row r="109" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A109" s="4"/>
+      <c r="B109" s="4"/>
+      <c r="C109" s="4"/>
+      <c r="D109" s="4"/>
+      <c r="E109" s="4"/>
+      <c r="F109" s="4"/>
+      <c r="G109" s="4"/>
+      <c r="H109" s="4"/>
+    </row>
+    <row r="110" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A110" s="3"/>
+      <c r="B110" s="3"/>
+      <c r="C110" s="3"/>
+      <c r="D110" s="3"/>
+      <c r="E110" s="3"/>
+      <c r="F110" s="3"/>
+      <c r="G110" s="3"/>
+      <c r="H110" s="3"/>
+    </row>
+    <row r="111" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A111" s="4"/>
+      <c r="B111" s="4"/>
+      <c r="C111" s="4"/>
+      <c r="D111" s="4"/>
+      <c r="E111" s="4"/>
+      <c r="F111" s="4"/>
+      <c r="G111" s="4"/>
+      <c r="H111" s="4"/>
+    </row>
+    <row r="112" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A112" s="5"/>
+      <c r="B112" s="5"/>
+      <c r="C112" s="5"/>
+      <c r="D112" s="5"/>
+      <c r="E112" s="5"/>
+      <c r="F112" s="5"/>
+      <c r="G112" s="5"/>
+      <c r="H112" s="5"/>
+    </row>
+    <row r="113" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A113" s="4"/>
+      <c r="B113" s="4"/>
+      <c r="C113" s="4"/>
+      <c r="D113" s="4"/>
+      <c r="E113" s="4"/>
+      <c r="F113" s="4"/>
+      <c r="G113" s="4"/>
+      <c r="H113" s="4"/>
+    </row>
+    <row r="114" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A114" s="3"/>
+      <c r="B114" s="3"/>
+      <c r="C114" s="3"/>
+      <c r="D114" s="3"/>
+      <c r="E114" s="3"/>
+      <c r="F114" s="3"/>
+      <c r="G114" s="3"/>
+      <c r="H114" s="3"/>
+    </row>
+    <row r="115" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A115" s="23" t="s">
+        <v>0</v>
+      </c>
+      <c r="B115" s="25"/>
+      <c r="C115" s="25"/>
+      <c r="D115" s="25"/>
+      <c r="E115" s="25"/>
+      <c r="F115" s="25"/>
+      <c r="G115" s="25"/>
+      <c r="H115" s="25"/>
+    </row>
+    <row r="116" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A116" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="B116" s="10"/>
+      <c r="C116" s="12"/>
+      <c r="D116" s="12"/>
+      <c r="E116" s="12"/>
+      <c r="F116" s="12"/>
+      <c r="G116" s="12"/>
+      <c r="H116" s="11"/>
+    </row>
+    <row r="117" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A117" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B117" s="10"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="14"/>
+      <c r="E117" s="14"/>
+      <c r="F117" s="14"/>
+      <c r="G117" s="14"/>
+      <c r="H117" s="20"/>
+    </row>
+    <row r="118" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A118" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B118" s="8"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="14"/>
+      <c r="E118" s="14"/>
+      <c r="F118" s="14"/>
+      <c r="G118" s="14"/>
+      <c r="H118" s="9"/>
+    </row>
+    <row r="119" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A119" s="21" t="s">
+        <v>4</v>
+      </c>
+      <c r="B119" s="18"/>
+      <c r="C119" s="12"/>
+      <c r="D119" s="12"/>
+      <c r="E119" s="12"/>
+      <c r="F119" s="12"/>
+      <c r="G119" s="12"/>
+      <c r="H119" s="22"/>
+    </row>
+    <row r="120" spans="1:8" s="1" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C120" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E62" s="17" t="s">
+      <c r="D120" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F62" s="17" t="s">
+      <c r="E120" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G62" s="17" t="s">
+      <c r="F120" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="H62" s="18" t="s">
+      <c r="G120" s="15" t="s">
         <v>11</v>
       </c>
-    </row>
-[...531 lines deleted...]
-      <c r="A116" s="3" t="s">
+      <c r="H120" s="15" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A121" s="3"/>
+      <c r="B121" s="3"/>
+      <c r="C121" s="3"/>
+      <c r="D121" s="3"/>
+      <c r="E121" s="3"/>
+      <c r="F121" s="3"/>
+      <c r="G121" s="3"/>
+      <c r="H121" s="3"/>
+    </row>
+    <row r="122" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A122" s="4"/>
+      <c r="B122" s="4"/>
+      <c r="C122" s="4"/>
+      <c r="D122" s="4"/>
+      <c r="E122" s="4"/>
+      <c r="F122" s="4"/>
+      <c r="G122" s="4"/>
+      <c r="H122" s="4"/>
+    </row>
+    <row r="123" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A123" s="3"/>
+      <c r="B123" s="3"/>
+      <c r="C123" s="3"/>
+      <c r="D123" s="3"/>
+      <c r="E123" s="3"/>
+      <c r="F123" s="3"/>
+      <c r="G123" s="3"/>
+      <c r="H123" s="3"/>
+    </row>
+    <row r="124" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A124" s="4"/>
+      <c r="B124" s="4"/>
+      <c r="C124" s="4"/>
+      <c r="D124" s="4"/>
+      <c r="E124" s="4"/>
+      <c r="F124" s="4"/>
+      <c r="G124" s="4"/>
+      <c r="H124" s="4"/>
+    </row>
+    <row r="125" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A125" s="3"/>
+      <c r="B125" s="3"/>
+      <c r="C125" s="3"/>
+      <c r="D125" s="3"/>
+      <c r="E125" s="3"/>
+      <c r="F125" s="3"/>
+      <c r="G125" s="3"/>
+      <c r="H125" s="3"/>
+    </row>
+    <row r="126" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A126" s="4"/>
+      <c r="B126" s="4"/>
+      <c r="C126" s="4"/>
+      <c r="D126" s="4"/>
+      <c r="E126" s="4"/>
+      <c r="F126" s="4"/>
+      <c r="G126" s="4"/>
+      <c r="H126" s="4"/>
+    </row>
+    <row r="127" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A127" s="3"/>
+      <c r="B127" s="3"/>
+      <c r="C127" s="3"/>
+      <c r="D127" s="3"/>
+      <c r="E127" s="3"/>
+      <c r="F127" s="3"/>
+      <c r="G127" s="3"/>
+      <c r="H127" s="3"/>
+    </row>
+    <row r="128" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A128" s="4"/>
+      <c r="B128" s="4"/>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4"/>
+      <c r="E128" s="4"/>
+      <c r="F128" s="4"/>
+      <c r="G128" s="4"/>
+      <c r="H128" s="4"/>
+    </row>
+    <row r="129" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A129" s="3"/>
+      <c r="B129" s="3"/>
+      <c r="C129" s="3"/>
+      <c r="D129" s="3"/>
+      <c r="E129" s="3"/>
+      <c r="F129" s="3"/>
+      <c r="G129" s="3"/>
+      <c r="H129" s="3"/>
+    </row>
+    <row r="130" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A130" s="4"/>
+      <c r="B130" s="4"/>
+      <c r="C130" s="4"/>
+      <c r="D130" s="4"/>
+      <c r="E130" s="4"/>
+      <c r="F130" s="4"/>
+      <c r="G130" s="4"/>
+      <c r="H130" s="4"/>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A131" s="3"/>
+      <c r="B131" s="3"/>
+      <c r="C131" s="3"/>
+      <c r="D131" s="3"/>
+      <c r="E131" s="3"/>
+      <c r="F131" s="3"/>
+      <c r="G131" s="3"/>
+      <c r="H131" s="3"/>
+    </row>
+    <row r="132" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A132" s="4"/>
+      <c r="B132" s="4"/>
+      <c r="C132" s="4"/>
+      <c r="D132" s="4"/>
+      <c r="E132" s="4"/>
+      <c r="F132" s="4"/>
+      <c r="G132" s="4"/>
+      <c r="H132" s="4"/>
+    </row>
+    <row r="133" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A133" s="3"/>
+      <c r="B133" s="3"/>
+      <c r="C133" s="3"/>
+      <c r="D133" s="3"/>
+      <c r="E133" s="3"/>
+      <c r="F133" s="3"/>
+      <c r="G133" s="3"/>
+      <c r="H133" s="3"/>
+    </row>
+    <row r="134" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A134" s="4"/>
+      <c r="B134" s="4"/>
+      <c r="C134" s="4"/>
+      <c r="D134" s="4"/>
+      <c r="E134" s="4"/>
+      <c r="F134" s="4"/>
+      <c r="G134" s="4"/>
+      <c r="H134" s="4"/>
+    </row>
+    <row r="135" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A135" s="3"/>
+      <c r="B135" s="3"/>
+      <c r="C135" s="3"/>
+      <c r="D135" s="3"/>
+      <c r="E135" s="3"/>
+      <c r="F135" s="3"/>
+      <c r="G135" s="3"/>
+      <c r="H135" s="3"/>
+    </row>
+    <row r="136" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A136" s="4"/>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4"/>
+      <c r="E136" s="4"/>
+      <c r="F136" s="4"/>
+      <c r="G136" s="4"/>
+      <c r="H136" s="4"/>
+    </row>
+    <row r="137" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A137" s="3"/>
+      <c r="B137" s="3"/>
+      <c r="C137" s="3"/>
+      <c r="D137" s="3"/>
+      <c r="E137" s="3"/>
+      <c r="F137" s="3"/>
+      <c r="G137" s="3"/>
+      <c r="H137" s="3"/>
+    </row>
+    <row r="138" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A138" s="4"/>
+      <c r="B138" s="4"/>
+      <c r="C138" s="4"/>
+      <c r="D138" s="4"/>
+      <c r="E138" s="4"/>
+      <c r="F138" s="4"/>
+      <c r="G138" s="4"/>
+      <c r="H138" s="4"/>
+    </row>
+    <row r="139" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A139" s="3"/>
+      <c r="B139" s="3"/>
+      <c r="C139" s="3"/>
+      <c r="D139" s="3"/>
+      <c r="E139" s="3"/>
+      <c r="F139" s="3"/>
+      <c r="G139" s="3"/>
+      <c r="H139" s="3"/>
+    </row>
+    <row r="140" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A140" s="4"/>
+      <c r="B140" s="4"/>
+      <c r="C140" s="4"/>
+      <c r="D140" s="4"/>
+      <c r="E140" s="4"/>
+      <c r="F140" s="4"/>
+      <c r="G140" s="4"/>
+      <c r="H140" s="4"/>
+    </row>
+    <row r="141" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A141" s="3"/>
+      <c r="B141" s="3"/>
+      <c r="C141" s="3"/>
+      <c r="D141" s="3"/>
+      <c r="E141" s="3"/>
+      <c r="F141" s="3"/>
+      <c r="G141" s="3"/>
+      <c r="H141" s="3"/>
+    </row>
+    <row r="142" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A142" s="4"/>
+      <c r="B142" s="4"/>
+      <c r="C142" s="4"/>
+      <c r="D142" s="4"/>
+      <c r="E142" s="4"/>
+      <c r="F142" s="4"/>
+      <c r="G142" s="4"/>
+      <c r="H142" s="4"/>
+    </row>
+    <row r="143" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A143" s="3"/>
+      <c r="B143" s="3"/>
+      <c r="C143" s="3"/>
+      <c r="D143" s="3"/>
+      <c r="E143" s="3"/>
+      <c r="F143" s="3"/>
+      <c r="G143" s="3"/>
+      <c r="H143" s="3"/>
+    </row>
+    <row r="144" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A144" s="4"/>
+      <c r="B144" s="4"/>
+      <c r="C144" s="4"/>
+      <c r="D144" s="4"/>
+      <c r="E144" s="4"/>
+      <c r="F144" s="4"/>
+      <c r="G144" s="4"/>
+      <c r="H144" s="4"/>
+    </row>
+    <row r="145" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A145" s="3"/>
+      <c r="B145" s="3"/>
+      <c r="C145" s="3"/>
+      <c r="D145" s="3"/>
+      <c r="E145" s="3"/>
+      <c r="F145" s="3"/>
+      <c r="G145" s="3"/>
+      <c r="H145" s="3"/>
+    </row>
+    <row r="146" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A146" s="4"/>
+      <c r="B146" s="4"/>
+      <c r="C146" s="4"/>
+      <c r="D146" s="4"/>
+      <c r="E146" s="4"/>
+      <c r="F146" s="4"/>
+      <c r="G146" s="4"/>
+      <c r="H146" s="4"/>
+    </row>
+    <row r="147" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A147" s="3"/>
+      <c r="B147" s="3"/>
+      <c r="C147" s="3"/>
+      <c r="D147" s="3"/>
+      <c r="E147" s="3"/>
+      <c r="F147" s="3"/>
+      <c r="G147" s="3"/>
+      <c r="H147" s="3"/>
+    </row>
+    <row r="148" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A148" s="4"/>
+      <c r="B148" s="4"/>
+      <c r="C148" s="4"/>
+      <c r="D148" s="4"/>
+      <c r="E148" s="4"/>
+      <c r="F148" s="4"/>
+      <c r="G148" s="4"/>
+      <c r="H148" s="4"/>
+    </row>
+    <row r="149" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A149" s="3"/>
+      <c r="B149" s="3"/>
+      <c r="C149" s="3"/>
+      <c r="D149" s="3"/>
+      <c r="E149" s="3"/>
+      <c r="F149" s="3"/>
+      <c r="G149" s="3"/>
+      <c r="H149" s="3"/>
+    </row>
+    <row r="150" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A150" s="4"/>
+      <c r="B150" s="4"/>
+      <c r="C150" s="4"/>
+      <c r="D150" s="4"/>
+      <c r="E150" s="4"/>
+      <c r="F150" s="4"/>
+      <c r="G150" s="4"/>
+      <c r="H150" s="4"/>
+    </row>
+    <row r="151" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A151" s="3"/>
+      <c r="B151" s="3"/>
+      <c r="C151" s="3"/>
+      <c r="D151" s="3"/>
+      <c r="E151" s="3"/>
+      <c r="F151" s="3"/>
+      <c r="G151" s="3"/>
+      <c r="H151" s="3"/>
+    </row>
+    <row r="152" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A152" s="4"/>
+      <c r="B152" s="4"/>
+      <c r="C152" s="4"/>
+      <c r="D152" s="4"/>
+      <c r="E152" s="4"/>
+      <c r="F152" s="4"/>
+      <c r="G152" s="4"/>
+      <c r="H152" s="4"/>
+    </row>
+    <row r="153" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A153" s="3"/>
+      <c r="B153" s="3"/>
+      <c r="C153" s="3"/>
+      <c r="D153" s="3"/>
+      <c r="E153" s="3"/>
+      <c r="F153" s="3"/>
+      <c r="G153" s="3"/>
+      <c r="H153" s="3"/>
+    </row>
+    <row r="154" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A154" s="4"/>
+      <c r="B154" s="4"/>
+      <c r="C154" s="4"/>
+      <c r="D154" s="4"/>
+      <c r="E154" s="4"/>
+      <c r="F154" s="4"/>
+      <c r="G154" s="4"/>
+      <c r="H154" s="4"/>
+    </row>
+    <row r="155" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A155" s="3"/>
+      <c r="B155" s="3"/>
+      <c r="C155" s="3"/>
+      <c r="D155" s="3"/>
+      <c r="E155" s="3"/>
+      <c r="F155" s="3"/>
+      <c r="G155" s="3"/>
+      <c r="H155" s="3"/>
+    </row>
+    <row r="156" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A156" s="4"/>
+      <c r="B156" s="4"/>
+      <c r="C156" s="4"/>
+      <c r="D156" s="4"/>
+      <c r="E156" s="4"/>
+      <c r="F156" s="4"/>
+      <c r="G156" s="4"/>
+      <c r="H156" s="4"/>
+    </row>
+    <row r="157" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A157" s="3"/>
+      <c r="B157" s="3"/>
+      <c r="C157" s="3"/>
+      <c r="D157" s="3"/>
+      <c r="E157" s="3"/>
+      <c r="F157" s="3"/>
+      <c r="G157" s="3"/>
+      <c r="H157" s="3"/>
+    </row>
+    <row r="158" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A158" s="4"/>
+      <c r="B158" s="4"/>
+      <c r="C158" s="4"/>
+      <c r="D158" s="4"/>
+      <c r="E158" s="4"/>
+      <c r="F158" s="4"/>
+      <c r="G158" s="4"/>
+      <c r="H158" s="4"/>
+    </row>
+    <row r="159" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A159" s="3"/>
+      <c r="B159" s="3"/>
+      <c r="C159" s="3"/>
+      <c r="D159" s="3"/>
+      <c r="E159" s="3"/>
+      <c r="F159" s="3"/>
+      <c r="G159" s="3"/>
+      <c r="H159" s="3"/>
+    </row>
+    <row r="160" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A160" s="4"/>
+      <c r="B160" s="4"/>
+      <c r="C160" s="4"/>
+      <c r="D160" s="4"/>
+      <c r="E160" s="4"/>
+      <c r="F160" s="4"/>
+      <c r="G160" s="4"/>
+      <c r="H160" s="4"/>
+    </row>
+    <row r="161" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A161" s="3"/>
+      <c r="B161" s="3"/>
+      <c r="C161" s="3"/>
+      <c r="D161" s="3"/>
+      <c r="E161" s="3"/>
+      <c r="F161" s="3"/>
+      <c r="G161" s="3"/>
+      <c r="H161" s="3"/>
+    </row>
+    <row r="162" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A162" s="4"/>
+      <c r="B162" s="4"/>
+      <c r="C162" s="4"/>
+      <c r="D162" s="4"/>
+      <c r="E162" s="4"/>
+      <c r="F162" s="4"/>
+      <c r="G162" s="4"/>
+      <c r="H162" s="4"/>
+    </row>
+    <row r="163" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A163" s="3"/>
+      <c r="B163" s="3"/>
+      <c r="C163" s="3"/>
+      <c r="D163" s="3"/>
+      <c r="E163" s="3"/>
+      <c r="F163" s="3"/>
+      <c r="G163" s="3"/>
+      <c r="H163" s="3"/>
+    </row>
+    <row r="164" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A164" s="4"/>
+      <c r="B164" s="4"/>
+      <c r="C164" s="4"/>
+      <c r="D164" s="4"/>
+      <c r="E164" s="4"/>
+      <c r="F164" s="4"/>
+      <c r="G164" s="4"/>
+      <c r="H164" s="4"/>
+    </row>
+    <row r="165" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A165" s="3"/>
+      <c r="B165" s="3"/>
+      <c r="C165" s="3"/>
+      <c r="D165" s="3"/>
+      <c r="E165" s="3"/>
+      <c r="F165" s="3"/>
+      <c r="G165" s="3"/>
+      <c r="H165" s="3"/>
+    </row>
+    <row r="166" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A166" s="4"/>
+      <c r="B166" s="4"/>
+      <c r="C166" s="4"/>
+      <c r="D166" s="4"/>
+      <c r="E166" s="4"/>
+      <c r="F166" s="4"/>
+      <c r="G166" s="4"/>
+      <c r="H166" s="4"/>
+    </row>
+    <row r="167" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A167" s="3"/>
+      <c r="B167" s="3"/>
+      <c r="C167" s="3"/>
+      <c r="D167" s="3"/>
+      <c r="E167" s="3"/>
+      <c r="F167" s="3"/>
+      <c r="G167" s="3"/>
+      <c r="H167" s="3"/>
+    </row>
+    <row r="168" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A168" s="4"/>
+      <c r="B168" s="4"/>
+      <c r="C168" s="4"/>
+      <c r="D168" s="4"/>
+      <c r="E168" s="4"/>
+      <c r="F168" s="4"/>
+      <c r="G168" s="4"/>
+      <c r="H168" s="4"/>
+    </row>
+    <row r="169" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A169" s="5"/>
+      <c r="B169" s="5"/>
+      <c r="C169" s="5"/>
+      <c r="D169" s="5"/>
+      <c r="E169" s="5"/>
+      <c r="F169" s="5"/>
+      <c r="G169" s="5"/>
+      <c r="H169" s="5"/>
+    </row>
+    <row r="170" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A170" s="4"/>
+      <c r="B170" s="4"/>
+      <c r="C170" s="4"/>
+      <c r="D170" s="4"/>
+      <c r="E170" s="4"/>
+      <c r="F170" s="4"/>
+      <c r="G170" s="4"/>
+      <c r="H170" s="4"/>
+    </row>
+    <row r="171" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A171" s="24"/>
+      <c r="B171" s="24"/>
+      <c r="C171" s="24"/>
+      <c r="D171" s="24"/>
+      <c r="E171" s="24"/>
+      <c r="F171" s="24"/>
+      <c r="G171" s="24"/>
+      <c r="H171" s="24"/>
+    </row>
+    <row r="172" spans="1:8" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A172" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B116" s="20"/>
-[...8 lines deleted...]
-      <c r="A117" s="3" t="s">
+      <c r="B172" s="25"/>
+      <c r="C172" s="25"/>
+      <c r="D172" s="25"/>
+      <c r="E172" s="25"/>
+      <c r="F172" s="25"/>
+      <c r="G172" s="25"/>
+      <c r="H172" s="25"/>
+    </row>
+    <row r="173" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A173" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B117" s="20"/>
-[...1 lines deleted...]
-      <c r="D117" s="19" t="s">
+      <c r="B173" s="10"/>
+      <c r="C173" s="12"/>
+      <c r="D173" s="12"/>
+      <c r="E173" s="12"/>
+      <c r="F173" s="12"/>
+      <c r="G173" s="12"/>
+      <c r="H173" s="11"/>
+    </row>
+    <row r="174" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A174" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E117" s="5"/>
-[...2 lines deleted...]
-      <c r="A118" s="4" t="s">
+      <c r="B174" s="10"/>
+      <c r="C174" s="14"/>
+      <c r="D174" s="14"/>
+      <c r="E174" s="14"/>
+      <c r="F174" s="14"/>
+      <c r="G174" s="14"/>
+      <c r="H174" s="20"/>
+    </row>
+    <row r="175" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A175" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B118" s="20"/>
-[...18 lines deleted...]
-      <c r="A120" s="15" t="s">
+      <c r="B175" s="8"/>
+      <c r="C175" s="14"/>
+      <c r="D175" s="14"/>
+      <c r="E175" s="14"/>
+      <c r="F175" s="14"/>
+      <c r="G175" s="14"/>
+      <c r="H175" s="9"/>
+    </row>
+    <row r="176" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A176" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="B120" s="16" t="s">
+      <c r="B176" s="18"/>
+      <c r="C176" s="12"/>
+      <c r="D176" s="12"/>
+      <c r="E176" s="12"/>
+      <c r="F176" s="12"/>
+      <c r="G176" s="12"/>
+      <c r="H176" s="22"/>
+    </row>
+    <row r="177" spans="1:8" s="1" customFormat="1" ht="43.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="C120" s="16" t="s">
+      <c r="B177" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="D120" s="17" t="s">
+      <c r="C177" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E120" s="17" t="s">
+      <c r="D177" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F120" s="17" t="s">
+      <c r="E177" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G120" s="17" t="s">
+      <c r="F177" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="H120" s="18" t="s">
+      <c r="G177" s="15" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1099 lines deleted...]
-      <c r="H228" s="14"/>
+      <c r="H177" s="15" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A178" s="3"/>
+      <c r="B178" s="3"/>
+      <c r="C178" s="3"/>
+      <c r="D178" s="3"/>
+      <c r="E178" s="3"/>
+      <c r="F178" s="3"/>
+      <c r="G178" s="3"/>
+      <c r="H178" s="3"/>
+    </row>
+    <row r="179" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A179" s="4"/>
+      <c r="B179" s="4"/>
+      <c r="C179" s="4"/>
+      <c r="D179" s="4"/>
+      <c r="E179" s="4"/>
+      <c r="F179" s="4"/>
+      <c r="G179" s="4"/>
+      <c r="H179" s="4"/>
+    </row>
+    <row r="180" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A180" s="3"/>
+      <c r="B180" s="3"/>
+      <c r="C180" s="3"/>
+      <c r="D180" s="3"/>
+      <c r="E180" s="3"/>
+      <c r="F180" s="3"/>
+      <c r="G180" s="3"/>
+      <c r="H180" s="3"/>
+    </row>
+    <row r="181" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A181" s="4"/>
+      <c r="B181" s="4"/>
+      <c r="C181" s="4"/>
+      <c r="D181" s="4"/>
+      <c r="E181" s="4"/>
+      <c r="F181" s="4"/>
+      <c r="G181" s="4"/>
+      <c r="H181" s="4"/>
+    </row>
+    <row r="182" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A182" s="3"/>
+      <c r="B182" s="3"/>
+      <c r="C182" s="3"/>
+      <c r="D182" s="3"/>
+      <c r="E182" s="3"/>
+      <c r="F182" s="3"/>
+      <c r="G182" s="3"/>
+      <c r="H182" s="3"/>
+    </row>
+    <row r="183" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A183" s="4"/>
+      <c r="B183" s="4"/>
+      <c r="C183" s="4"/>
+      <c r="D183" s="4"/>
+      <c r="E183" s="4"/>
+      <c r="F183" s="4"/>
+      <c r="G183" s="4"/>
+      <c r="H183" s="4"/>
+    </row>
+    <row r="184" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A184" s="3"/>
+      <c r="B184" s="3"/>
+      <c r="C184" s="3"/>
+      <c r="D184" s="3"/>
+      <c r="E184" s="3"/>
+      <c r="F184" s="3"/>
+      <c r="G184" s="3"/>
+      <c r="H184" s="3"/>
+    </row>
+    <row r="185" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A185" s="4"/>
+      <c r="B185" s="4"/>
+      <c r="C185" s="4"/>
+      <c r="D185" s="4"/>
+      <c r="E185" s="4"/>
+      <c r="F185" s="4"/>
+      <c r="G185" s="4"/>
+      <c r="H185" s="4"/>
+    </row>
+    <row r="186" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A186" s="3"/>
+      <c r="B186" s="3"/>
+      <c r="C186" s="3"/>
+      <c r="D186" s="3"/>
+      <c r="E186" s="3"/>
+      <c r="F186" s="3"/>
+      <c r="G186" s="3"/>
+      <c r="H186" s="3"/>
+    </row>
+    <row r="187" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A187" s="4"/>
+      <c r="B187" s="4"/>
+      <c r="C187" s="4"/>
+      <c r="D187" s="4"/>
+      <c r="E187" s="4"/>
+      <c r="F187" s="4"/>
+      <c r="G187" s="4"/>
+      <c r="H187" s="4"/>
+    </row>
+    <row r="188" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A188" s="3"/>
+      <c r="B188" s="3"/>
+      <c r="C188" s="3"/>
+      <c r="D188" s="3"/>
+      <c r="E188" s="3"/>
+      <c r="F188" s="3"/>
+      <c r="G188" s="3"/>
+      <c r="H188" s="3"/>
+    </row>
+    <row r="189" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A189" s="4"/>
+      <c r="B189" s="4"/>
+      <c r="C189" s="4"/>
+      <c r="D189" s="4"/>
+      <c r="E189" s="4"/>
+      <c r="F189" s="4"/>
+      <c r="G189" s="4"/>
+      <c r="H189" s="4"/>
+    </row>
+    <row r="190" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A190" s="3"/>
+      <c r="B190" s="3"/>
+      <c r="C190" s="3"/>
+      <c r="D190" s="3"/>
+      <c r="E190" s="3"/>
+      <c r="F190" s="3"/>
+      <c r="G190" s="3"/>
+      <c r="H190" s="3"/>
+    </row>
+    <row r="191" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A191" s="4"/>
+      <c r="B191" s="4"/>
+      <c r="C191" s="4"/>
+      <c r="D191" s="4"/>
+      <c r="E191" s="4"/>
+      <c r="F191" s="4"/>
+      <c r="G191" s="4"/>
+      <c r="H191" s="4"/>
+    </row>
+    <row r="192" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A192" s="3"/>
+      <c r="B192" s="3"/>
+      <c r="C192" s="3"/>
+      <c r="D192" s="3"/>
+      <c r="E192" s="3"/>
+      <c r="F192" s="3"/>
+      <c r="G192" s="3"/>
+      <c r="H192" s="3"/>
+    </row>
+    <row r="193" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A193" s="4"/>
+      <c r="B193" s="4"/>
+      <c r="C193" s="4"/>
+      <c r="D193" s="4"/>
+      <c r="E193" s="4"/>
+      <c r="F193" s="4"/>
+      <c r="G193" s="4"/>
+      <c r="H193" s="4"/>
+    </row>
+    <row r="194" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A194" s="3"/>
+      <c r="B194" s="3"/>
+      <c r="C194" s="3"/>
+      <c r="D194" s="3"/>
+      <c r="E194" s="3"/>
+      <c r="F194" s="3"/>
+      <c r="G194" s="3"/>
+      <c r="H194" s="3"/>
+    </row>
+    <row r="195" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A195" s="4"/>
+      <c r="B195" s="4"/>
+      <c r="C195" s="4"/>
+      <c r="D195" s="4"/>
+      <c r="E195" s="4"/>
+      <c r="F195" s="4"/>
+      <c r="G195" s="4"/>
+      <c r="H195" s="4"/>
+    </row>
+    <row r="196" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A196" s="3"/>
+      <c r="B196" s="3"/>
+      <c r="C196" s="3"/>
+      <c r="D196" s="3"/>
+      <c r="E196" s="3"/>
+      <c r="F196" s="3"/>
+      <c r="G196" s="3"/>
+      <c r="H196" s="3"/>
+    </row>
+    <row r="197" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A197" s="4"/>
+      <c r="B197" s="4"/>
+      <c r="C197" s="4"/>
+      <c r="D197" s="4"/>
+      <c r="E197" s="4"/>
+      <c r="F197" s="4"/>
+      <c r="G197" s="4"/>
+      <c r="H197" s="4"/>
+    </row>
+    <row r="198" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A198" s="3"/>
+      <c r="B198" s="3"/>
+      <c r="C198" s="3"/>
+      <c r="D198" s="3"/>
+      <c r="E198" s="3"/>
+      <c r="F198" s="3"/>
+      <c r="G198" s="3"/>
+      <c r="H198" s="3"/>
+    </row>
+    <row r="199" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A199" s="4"/>
+      <c r="B199" s="4"/>
+      <c r="C199" s="4"/>
+      <c r="D199" s="4"/>
+      <c r="E199" s="4"/>
+      <c r="F199" s="4"/>
+      <c r="G199" s="4"/>
+      <c r="H199" s="4"/>
+    </row>
+    <row r="200" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A200" s="3"/>
+      <c r="B200" s="3"/>
+      <c r="C200" s="3"/>
+      <c r="D200" s="3"/>
+      <c r="E200" s="3"/>
+      <c r="F200" s="3"/>
+      <c r="G200" s="3"/>
+      <c r="H200" s="3"/>
+    </row>
+    <row r="201" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A201" s="4"/>
+      <c r="B201" s="4"/>
+      <c r="C201" s="4"/>
+      <c r="D201" s="4"/>
+      <c r="E201" s="4"/>
+      <c r="F201" s="4"/>
+      <c r="G201" s="4"/>
+      <c r="H201" s="4"/>
+    </row>
+    <row r="202" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A202" s="3"/>
+      <c r="B202" s="3"/>
+      <c r="C202" s="3"/>
+      <c r="D202" s="3"/>
+      <c r="E202" s="3"/>
+      <c r="F202" s="3"/>
+      <c r="G202" s="3"/>
+      <c r="H202" s="3"/>
+    </row>
+    <row r="203" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A203" s="4"/>
+      <c r="B203" s="4"/>
+      <c r="C203" s="4"/>
+      <c r="D203" s="4"/>
+      <c r="E203" s="4"/>
+      <c r="F203" s="4"/>
+      <c r="G203" s="4"/>
+      <c r="H203" s="4"/>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A204" s="3"/>
+      <c r="B204" s="3"/>
+      <c r="C204" s="3"/>
+      <c r="D204" s="3"/>
+      <c r="E204" s="3"/>
+      <c r="F204" s="3"/>
+      <c r="G204" s="3"/>
+      <c r="H204" s="3"/>
+    </row>
+    <row r="205" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A205" s="4"/>
+      <c r="B205" s="4"/>
+      <c r="C205" s="4"/>
+      <c r="D205" s="4"/>
+      <c r="E205" s="4"/>
+      <c r="F205" s="4"/>
+      <c r="G205" s="4"/>
+      <c r="H205" s="4"/>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A206" s="3"/>
+      <c r="B206" s="3"/>
+      <c r="C206" s="3"/>
+      <c r="D206" s="3"/>
+      <c r="E206" s="3"/>
+      <c r="F206" s="3"/>
+      <c r="G206" s="3"/>
+      <c r="H206" s="3"/>
+    </row>
+    <row r="207" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A207" s="4"/>
+      <c r="B207" s="4"/>
+      <c r="C207" s="4"/>
+      <c r="D207" s="4"/>
+      <c r="E207" s="4"/>
+      <c r="F207" s="4"/>
+      <c r="G207" s="4"/>
+      <c r="H207" s="4"/>
+    </row>
+    <row r="208" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A208" s="3"/>
+      <c r="B208" s="3"/>
+      <c r="C208" s="3"/>
+      <c r="D208" s="3"/>
+      <c r="E208" s="3"/>
+      <c r="F208" s="3"/>
+      <c r="G208" s="3"/>
+      <c r="H208" s="3"/>
+    </row>
+    <row r="209" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A209" s="4"/>
+      <c r="B209" s="4"/>
+      <c r="C209" s="4"/>
+      <c r="D209" s="4"/>
+      <c r="E209" s="4"/>
+      <c r="F209" s="4"/>
+      <c r="G209" s="4"/>
+      <c r="H209" s="4"/>
+    </row>
+    <row r="210" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A210" s="3"/>
+      <c r="B210" s="3"/>
+      <c r="C210" s="3"/>
+      <c r="D210" s="3"/>
+      <c r="E210" s="3"/>
+      <c r="F210" s="3"/>
+      <c r="G210" s="3"/>
+      <c r="H210" s="3"/>
+    </row>
+    <row r="211" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A211" s="4"/>
+      <c r="B211" s="4"/>
+      <c r="C211" s="4"/>
+      <c r="D211" s="4"/>
+      <c r="E211" s="4"/>
+      <c r="F211" s="4"/>
+      <c r="G211" s="4"/>
+      <c r="H211" s="4"/>
+    </row>
+    <row r="212" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A212" s="3"/>
+      <c r="B212" s="3"/>
+      <c r="C212" s="3"/>
+      <c r="D212" s="3"/>
+      <c r="E212" s="3"/>
+      <c r="F212" s="3"/>
+      <c r="G212" s="3"/>
+      <c r="H212" s="3"/>
+    </row>
+    <row r="213" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A213" s="4"/>
+      <c r="B213" s="4"/>
+      <c r="C213" s="4"/>
+      <c r="D213" s="4"/>
+      <c r="E213" s="4"/>
+      <c r="F213" s="4"/>
+      <c r="G213" s="4"/>
+      <c r="H213" s="4"/>
+    </row>
+    <row r="214" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A214" s="3"/>
+      <c r="B214" s="3"/>
+      <c r="C214" s="3"/>
+      <c r="D214" s="3"/>
+      <c r="E214" s="3"/>
+      <c r="F214" s="3"/>
+      <c r="G214" s="3"/>
+      <c r="H214" s="3"/>
+    </row>
+    <row r="215" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A215" s="4"/>
+      <c r="B215" s="4"/>
+      <c r="C215" s="4"/>
+      <c r="D215" s="4"/>
+      <c r="E215" s="4"/>
+      <c r="F215" s="4"/>
+      <c r="G215" s="4"/>
+      <c r="H215" s="4"/>
+    </row>
+    <row r="216" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A216" s="3"/>
+      <c r="B216" s="3"/>
+      <c r="C216" s="3"/>
+      <c r="D216" s="3"/>
+      <c r="E216" s="3"/>
+      <c r="F216" s="3"/>
+      <c r="G216" s="3"/>
+      <c r="H216" s="3"/>
+    </row>
+    <row r="217" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A217" s="4"/>
+      <c r="B217" s="4"/>
+      <c r="C217" s="4"/>
+      <c r="D217" s="4"/>
+      <c r="E217" s="4"/>
+      <c r="F217" s="4"/>
+      <c r="G217" s="4"/>
+      <c r="H217" s="4"/>
+    </row>
+    <row r="218" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A218" s="3"/>
+      <c r="B218" s="3"/>
+      <c r="C218" s="3"/>
+      <c r="D218" s="3"/>
+      <c r="E218" s="3"/>
+      <c r="F218" s="3"/>
+      <c r="G218" s="3"/>
+      <c r="H218" s="3"/>
+    </row>
+    <row r="219" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A219" s="4"/>
+      <c r="B219" s="4"/>
+      <c r="C219" s="4"/>
+      <c r="D219" s="4"/>
+      <c r="E219" s="4"/>
+      <c r="F219" s="4"/>
+      <c r="G219" s="4"/>
+      <c r="H219" s="4"/>
+    </row>
+    <row r="220" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A220" s="3"/>
+      <c r="B220" s="3"/>
+      <c r="C220" s="3"/>
+      <c r="D220" s="3"/>
+      <c r="E220" s="3"/>
+      <c r="F220" s="3"/>
+      <c r="G220" s="3"/>
+      <c r="H220" s="3"/>
+    </row>
+    <row r="221" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A221" s="4"/>
+      <c r="B221" s="4"/>
+      <c r="C221" s="4"/>
+      <c r="D221" s="4"/>
+      <c r="E221" s="4"/>
+      <c r="F221" s="4"/>
+      <c r="G221" s="4"/>
+      <c r="H221" s="4"/>
+    </row>
+    <row r="222" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A222" s="3"/>
+      <c r="B222" s="3"/>
+      <c r="C222" s="3"/>
+      <c r="D222" s="3"/>
+      <c r="E222" s="3"/>
+      <c r="F222" s="3"/>
+      <c r="G222" s="3"/>
+      <c r="H222" s="3"/>
+    </row>
+    <row r="223" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A223" s="4"/>
+      <c r="B223" s="4"/>
+      <c r="C223" s="4"/>
+      <c r="D223" s="4"/>
+      <c r="E223" s="4"/>
+      <c r="F223" s="4"/>
+      <c r="G223" s="4"/>
+      <c r="H223" s="4"/>
+    </row>
+    <row r="224" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A224" s="3"/>
+      <c r="B224" s="3"/>
+      <c r="C224" s="3"/>
+      <c r="D224" s="3"/>
+      <c r="E224" s="3"/>
+      <c r="F224" s="3"/>
+      <c r="G224" s="3"/>
+      <c r="H224" s="3"/>
+    </row>
+    <row r="225" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A225" s="4"/>
+      <c r="B225" s="4"/>
+      <c r="C225" s="4"/>
+      <c r="D225" s="4"/>
+      <c r="E225" s="4"/>
+      <c r="F225" s="4"/>
+      <c r="G225" s="4"/>
+      <c r="H225" s="4"/>
+    </row>
+    <row r="226" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A226" s="5"/>
+      <c r="B226" s="5"/>
+      <c r="C226" s="5"/>
+      <c r="D226" s="5"/>
+      <c r="E226" s="5"/>
+      <c r="F226" s="5"/>
+      <c r="G226" s="5"/>
+      <c r="H226" s="5"/>
+    </row>
+    <row r="227" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A227" s="4"/>
+      <c r="B227" s="4"/>
+      <c r="C227" s="4"/>
+      <c r="D227" s="4"/>
+      <c r="E227" s="4"/>
+      <c r="F227" s="4"/>
+      <c r="G227" s="4"/>
+      <c r="H227" s="4"/>
+    </row>
+    <row r="228" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="A228" s="3"/>
+      <c r="B228" s="3"/>
+      <c r="C228" s="3"/>
+      <c r="D228" s="3"/>
+      <c r="E228" s="3"/>
+      <c r="F228" s="3"/>
+      <c r="G228" s="3"/>
+      <c r="H228" s="3"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Ag1I0j9gvMWtxm2u1STNth4AXXoIutV3uJOOhwrekvPGtnZzeAFr4XAWoQkHoFKlNZPyo29nEglYlITet6X9Sg==" saltValue="aQdTOuh3KQDKYc2urrPgww==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="aD/k0gpVkv2/28Rk168ysXq4esxN/0wfJEC1B6m56/h2epZA31OjJk2XcRmCm5ivz0zZMOxe+vC4ZkGm6pI6Tg==" saltValue="fs5+cpHWmVidfix93/Vvsg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
-    <protectedRange algorithmName="SHA-512" hashValue="+kR0zzvbV3WHpcS1AuINjtg7D1MhEDJxQSfLpHs+uMaKBcKsqMD6UHwliYbc7uiTiS2lOxdfJWfuFMOYsGeOPA==" saltValue="AFf5TJ3usqrB72zRyzvWIg==" spinCount="100000" sqref="A63:H115 A6:H57 A121:H172 A178:H228" name="Range1"/>
+    <protectedRange algorithmName="SHA-512" hashValue="+kR0zzvbV3WHpcS1AuINjtg7D1MhEDJxQSfLpHs+uMaKBcKsqMD6UHwliYbc7uiTiS2lOxdfJWfuFMOYsGeOPA==" saltValue="AFf5TJ3usqrB72zRyzvWIg==" spinCount="100000" sqref="A7:H57 A64:H114 A121:H171 A178:H228" name="Range1"/>
   </protectedRanges>
-  <mergeCells count="16">
-[...16 lines deleted...]
-  </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="55" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"STUDENT OUTCOME INFORMATION LIST</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;12Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
+  <tableParts count="4">
+    <tablePart r:id="rId2"/>
+    <tablePart r:id="rId3"/>
+    <tablePart r:id="rId4"/>
+    <tablePart r:id="rId5"/>
+  </tableParts>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{92BA5721-E84D-44A5-AEFB-ED0AA94BC7F8}">
           <x14:formula1>
             <xm:f>'Data--DO NOT ERASE'!$A$1:$A$3</xm:f>
           </x14:formula1>
-          <xm:sqref>E6:E57 E63:E115 E121:E172 E178:E228</xm:sqref>
+          <xm:sqref>C64:C114 C178:C228 C121:C171 C7:C57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B9E1FD1-35E7-4544-A04D-5EA28D64B5B0}">
   <dimension ref="A1:A3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A1" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:1" x14ac:dyDescent="0.35">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="2" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:1" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="ceiItszTaj5X9aZoA5UlqVCPKIip2Kz5ALkWiaYi171xXKk9526q6S3d7/+lX9w/vByubynbJUldxh8uMPvniA==" saltValue="qmfFIx4FtHM6AVEzFRcjPQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">