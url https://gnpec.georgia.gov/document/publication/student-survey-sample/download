--- v0 (2025-10-29)
+++ v1 (2026-01-01)
@@ -1,5634 +1,4540 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="399E2E59" w14:textId="1E525B24" w:rsidR="001D4C2F" w:rsidRDefault="00A45C81" w:rsidP="00933B60">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:hanging="810"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>GNPEC Student Survey</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34998DD6" w14:textId="77777777" w:rsidR="00933B60" w:rsidRDefault="00933B60" w:rsidP="00933B60">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E44ABF5" w14:textId="59733A89" w:rsidR="0015798A" w:rsidRDefault="00A45C81" w:rsidP="00933B60">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="auto"/>
+        <w:ind w:left="-720"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Current Program: __________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4C2F">
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>Start Date: _</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4C2F">
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_/_</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4C2F">
+        <w:t>____</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_/__</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4C2F">
+        <w:t>___</w:t>
+      </w:r>
+      <w:r>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E649AD6" w14:textId="7AE31CAF" w:rsidR="0015798A" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:ind w:left="-1080"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>After reading each statement, please check the box that best reflects your opinion and experience at this school.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4931" w:type="pct"/>
-[...12 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="GNPEC Student Survey Template"/>
-        <w:tblDescription w:val="This is an example of a student survey that an institution can incorporate to gain student feedback."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4182"/>
+        <w:gridCol w:w="1341"/>
+        <w:gridCol w:w="1342"/>
+        <w:gridCol w:w="1341"/>
+        <w:gridCol w:w="1342"/>
+        <w:gridCol w:w="1342"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F008AD" w14:paraId="05F0F2B0" w14:textId="77777777" w:rsidTr="00933B60">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEEA0A6" w14:textId="62E43E30" w:rsidR="00F008AD" w:rsidRDefault="00AA3A70">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Admissions </w:t>
+            </w:r>
+            <w:r w:rsidR="00A45C81">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C95F830" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="505F3B41" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70710327" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neutral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A92E781" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C80EEA" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F008AD" w14:paraId="78E86B9C" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="079B0EF3" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>All information about the institution was provided to me upon enrollment.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62993EEA" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0F9184" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4E4E1E" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1317B496" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F779053" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F008AD" w14:paraId="030954C0" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07752700" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Institutional tuition costs and fees were accurately explained to me prior to enrollment.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3465F10F" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DD9FEB" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="624CE18C" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A759645" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C12A9CF" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F008AD" w14:paraId="6A3BC05C" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18050878" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>I made the decision to enroll without pressure from the institution.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14229859" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3B5405" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1512F473" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13388ED6" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC5DE9" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F008AD" w14:paraId="183C138C" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4182" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="114F680F" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with the admissions process.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E57CABC" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79096C7B" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1341" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="799390E2" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2A2504" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1342" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DAC81F" w14:textId="77777777" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5E5F530D" w14:textId="77777777" w:rsidR="00933B60" w:rsidRDefault="00933B60" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-972" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4151"/>
+        <w:gridCol w:w="1347"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="1348"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="042666EB" w14:textId="77777777" w:rsidTr="00933B60">
+        <w:trPr>
+          <w:trHeight w:val="683"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD4FA75" w14:textId="111136E5" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Student Resources Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4499431B" w14:textId="10E61CB2" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B02C2A" w14:textId="66E78ACA" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9B1A6D" w14:textId="5BC45514" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neutral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C51B944" w14:textId="1600B71C" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="563D2E4F" w14:textId="347D74A8" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="16F51B9D" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C6A3DF" w14:textId="1F3DF9E8" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The school has made me aware of resources available to me that may help me get a job after I graduate.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06897CD4" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63868A2F" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B701D9E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="572D097E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D21178" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="593DA81B" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5431029E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The school has made me aware of resources available to me if I have a complaint about the school.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="773E4428" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC9ADCA" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="161CF095" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F464191" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="754E55C7" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="36AD0B8A" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D66F48B" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The school has provided adequate student resources.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C03F14" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2740C027" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18627E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1487832C" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBFEB27" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="29E9E130" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4151" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A074D7" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with the student resources.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1347" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AF2F6D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BB41D6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D99565" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="004517B1" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75AA862A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3DA06C89" w14:textId="120BBBC0" w:rsidR="00067800" w:rsidRDefault="00067800" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23CB86BB" w14:textId="77777777" w:rsidR="00933B60" w:rsidRDefault="00933B60" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-972" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4123"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1354"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="4D683647" w14:textId="77777777" w:rsidTr="00933B60">
+        <w:trPr>
+          <w:trHeight w:val="656"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61098D57" w14:textId="31E45EBD" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Program of Study Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46802E47" w14:textId="510015B7" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7C344F" w14:textId="0B4DF9FB" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEF7E5C" w14:textId="497BC642" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neutral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27CF6A16" w14:textId="2C71B509" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B259F96" w14:textId="213AD2B1" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="69EB10CF" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C70ADE8" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The curriculum being taught is appropriate for my current program of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CC4AFC" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D659E1C" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6F559E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60343FC6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7F83AB" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="65F5F91B" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F0BF4B" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The instruction being provided is appropriate for my current program of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E7A83E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="092E2014" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="499152AB" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="671D34D3" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66806029" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="46653BD6" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28627673" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The school’s grading policy has been provided to me.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6466D3FF" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57DFBCA5" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D54EC12" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF1381D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A02BEFA" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="53929DCC" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34B5515E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The school’s grading policy is appropriate for the program in which I am enrolled.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFF47B6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6ECC50" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA0DF93" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ADBAF6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EA1773" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="4A164D82" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABC813D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with my program of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB6CABD" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8C9CBC" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C65BDAD" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="062A6679" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A9F485" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0B7BC3DD" w14:textId="77777777" w:rsidR="00933B60" w:rsidRDefault="00933B60" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-972" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4141"/>
-        <w:gridCol w:w="1170"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004B13D0" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
+      <w:tr w:rsidR="00AA3A70" w14:paraId="32C9BE8F" w14:textId="77777777" w:rsidTr="00933B60">
         <w:trPr>
-          <w:trHeight w:val="440"/>
-          <w:tblHeader/>
+          <w:trHeight w:val="629"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9911" w:type="dxa"/>
-[...49 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C39BD3" w14:textId="608A3E35" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Instructors and Staff Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3DBAC1" w14:textId="61D6AA02" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5732546E" w14:textId="0344EF50" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40DDE364" w14:textId="069D88B6" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neutral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B694E98" w14:textId="64926DE2" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F8D9D6" w14:textId="608E57AC" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Disagree</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F28E2" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...128 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="691C1F23" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A86119" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The instructors are knowledgeable in the subject area in which they teach.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AA1D2FF" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D287574" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="642E9D6F" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5A914D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8518FB" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B95CF7" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...22 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="02688693" w14:textId="77777777" w:rsidTr="00F80ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
-            <w:tcBorders>
-[...166 lines deleted...]
-              <w:t>Strongly Disagree</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="76E36644" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The instructors present information and answer questions in an understandable way.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD735C5" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37366BCE" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD2A23E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A6E749" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2203AF4B" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E25FB" w:rsidRPr="00146A8B" w:rsidTr="00EC5EF2">
-[...43 lines deleted...]
-              <w:t>Admissions</w:t>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="61DF03F1" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFF5CF6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The instructors are available to answer my questions.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="259E45FA" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EF54EC" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F99B80D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5736AE27" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C3E96E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105C57" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...21 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="38310C3F" w14:textId="77777777" w:rsidTr="00F80ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00105C57" w:rsidRPr="00146A8B" w:rsidRDefault="00EA76A4" w:rsidP="00DA4EA4">
-[...148 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="43A70C5E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with the instructors at this institution.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A92477D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CD8257" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0E2E3A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E10531E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13517CE5" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00105C57" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...21 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="05FE7620" w14:textId="77777777" w:rsidTr="00F80ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00105C57" w:rsidRPr="00146A8B" w:rsidRDefault="00DA4EA4" w:rsidP="003B7C55">
-[...142 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4CAFA96C" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The staff (non-instructors) are knowledgeable in their area of responsibility.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A037A97" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4282AAFA" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E61489" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AAE8BD4" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15374FD6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D734E3" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...21 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="3D326827" w14:textId="77777777" w:rsidTr="00F80ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
-            <w:tcBorders>
-[...111 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="0E0651A4" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The staff present information and answer questions in an understandable way.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2376B3E8" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE08F05" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DB6E17" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1B0F78" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="222D4164" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B328B" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...21 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="4F1D993D" w14:textId="77777777" w:rsidTr="00F80ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
-            <w:tcBorders>
-[...118 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="51D27D4E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The staff are interested in my individual progress.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="131DEAB6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC205A1" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="175EF690" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3125BC91" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBFE0BE" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00492D6F" w:rsidRPr="00146A8B" w:rsidTr="004A0B78">
-[...79 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="7C6772B8" w14:textId="77777777" w:rsidTr="00F80ABD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4141" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001F7D0C" w:rsidRPr="00DA4EA4" w:rsidRDefault="001F7D0C" w:rsidP="00DA4EA4">
-[...3866 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="3D8C8630" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with the instructors and staff.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5304AEC9" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B23C91" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CA87ED" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CD75AC" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22283AE0" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F27057" w:rsidRPr="00146A8B" w:rsidRDefault="00F27057" w:rsidP="00007EE5">
+    <w:p w14:paraId="45D8DCC9" w14:textId="77777777" w:rsidR="00067800" w:rsidRDefault="00067800" w:rsidP="001D4C2F">
       <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-972" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4123"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1354"/>
+        <w:gridCol w:w="1353"/>
+        <w:gridCol w:w="1354"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="1D4A7E12" w14:textId="77777777" w:rsidTr="00933B60">
+        <w:trPr>
+          <w:trHeight w:val="683"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7913601C" w14:textId="35117C87" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Facility </w:t>
+            </w:r>
+            <w:r w:rsidR="00F80ABD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Equipment Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775B082E" w14:textId="29A3B36F" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A55D035" w14:textId="08277C33" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49217910" w14:textId="6DD45FF4" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neutral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="242E45BD" w14:textId="07721306" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E361EDB" w14:textId="3E507890" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="6CCB607E" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A90AC2" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The facilities are adequate and appropriate to my program of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0E8F84" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A48908" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B29B5B8" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2D4E6E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07268BBC" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="28ACD9CA" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5141C0A0" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The facilities are clean and well maintained.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6287A7E5" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0940DA01" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F81BBA" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="244C6D5D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="230C4481" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="53CAF052" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2BD475" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The equipment is adequate and appropriate to my program of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E823736" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="748D00FC" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="606BB2BD" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB4EBC8" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DC61972" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="6B1DE831" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7265B0" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The equipment is up-to-date and well maintained.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB3D9FE" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BEC2EF" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1549269D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325B1C11" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C509981" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="10C8574F" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7561833A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>The learning resources are adequate and appropriate to my program of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F449C6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EBEF498" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBA1F85" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="555802EA" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C749D6E" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="7FA28247" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4123" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70CA3D13" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with the facility and equipment of this institution.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1995F7C4" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="294EE967" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="535CEE08" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1353" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F248C0A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1354" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281D1B06" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2B9ADD38" w14:textId="77777777" w:rsidR="00067800" w:rsidRDefault="00067800" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10890" w:type="dxa"/>
+        <w:tblInd w:w="-972" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4094"/>
+        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="1360"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="61B4C247" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1566B882" w14:textId="690A4FFB" w:rsidR="00AA3A70" w:rsidRDefault="0015798A" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Overall Educational </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3A70">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Statement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C10967" w14:textId="7E8AA7E0" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28927469" w14:textId="285725BA" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Agree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15889845" w14:textId="324F1308" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Neutral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3446446B" w14:textId="1E99F82B" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BB7CF0" w14:textId="13D2506E" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Strongly Disagree</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="737F9EE3" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="186CDA7A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>I feel good about my decision to attend this school.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23063764" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4087AC3A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE7100D" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5F9A8A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B8757A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="3F3BFB17" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FF54F1" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>I would recommend this school to a friend.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6A595F" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F377B7" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C448F09" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3000F2" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75A111FD" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA3A70" w14:paraId="1AB10492" w14:textId="77777777" w:rsidTr="00F80ABD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4094" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B1C75A6" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Overall, I am satisfied with my educational experience.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDA4869" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A18953A" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C218492" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE7BF36" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419F634B" w14:textId="77777777" w:rsidR="00AA3A70" w:rsidRDefault="00AA3A70" w:rsidP="001D4C2F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="14092417" w14:textId="2A4310CC" w:rsidR="00F008AD" w:rsidRDefault="00A45C81" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-1080" w:right="-1170"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alt Text: Student survey table with statements and five response options: Strongly Agree to Strongly Disagree.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433275BE" w14:textId="77777777" w:rsidR="00CD3991" w:rsidRDefault="00CD3991" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBA5209" w14:textId="4EC2BC08" w:rsidR="00F008AD" w:rsidRDefault="00CD3991" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:noProof/>
         </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FB45959" wp14:editId="6A1BCD75">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>30480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>212090</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5478780" cy="1181100"/>
+                <wp:effectExtent l="0" t="0" r="26670" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="340412011" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5478780" cy="1181100"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="26AC5696" w14:textId="77777777" w:rsidR="00CD3991" w:rsidRDefault="00CD3991"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="1FB45959" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:2.4pt;margin-top:16.7pt;width:431.4pt;height:93pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3+k+jOAIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVN+P2jAMfp+0/yHK+2jL4OAQ5cQ4MU1C&#10;dydx0z2HNKHV0jhLAi376+eE8uu2p2kvqR07n+3PdqcPba3IXlhXgc5p1kspEZpDUeltTr+/Lj+N&#10;KXGe6YIp0CKnB+How+zjh2ljJqIPJahCWIIg2k0ak9PSezNJEsdLUTPXAyM0GiXYmnlU7TYpLGsQ&#10;vVZJP03vkgZsYSxw4RzePh6NdBbxpRTcP0vphCcqp5ibj6eN5yacyWzKJlvLTFnxLg32D1nUrNIY&#10;9Az1yDwjO1v9AVVX3IID6Xsc6gSkrLiINWA1WfqumnXJjIi1IDnOnGly/w+WP+3X5sUS336BFhsY&#10;CGmMmzi8DPW00tbhi5kStCOFhzNtovWE4+VwMBqPxmjiaMuycZalkdjk8txY578KqEkQcmqxL5Eu&#10;tl85jyHR9eQSojlQVbGslIpKmAWxUJbsGXZR+ZgkvrjxUpo0Ob37PEwj8I0tQJ/fbxTjP0KZtwio&#10;KY2Xl+KD5NtN2zGygeKARFk4zpAzfFkh7oo5/8IsDg0SgIvgn/GQCjAZ6CRKSrC//nYf/LGXaKWk&#10;wSHMqfu5Y1ZQor5p7PJ9NhiEqY3KYDjqo2KvLZtri97VC0CGMlw5w6MY/L06idJC/Yb7Mg9R0cQ0&#10;x9g59Sdx4Y+rgfvGxXwenXBODfMrvTY8QIeOBD5f2zdmTddPj6PwBKdxZZN3bT36hpca5jsPsoo9&#10;DwQfWe14xxmPben2MSzRtR69Ln+N2W8AAAD//wMAUEsDBBQABgAIAAAAIQAHisyA3AAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDYqNM2CmmIUwEqLEwtiPk1dm2L+Dmy3TT8&#10;e8wE4+lOd9+129kNbFIhWk8ClosCmKLeS0tawMf7y10NLCYkiYMnJeBbRdh211ctNtJfaK+mQ9Is&#10;l1BsUIBJaWw4j71RDuPCj4qyd/LBYcoyaC4DXnK5G/iqKCru0FJeMDiqZ6P6r8PZCdg96Y3uawxm&#10;V0trp/nz9KZfhbi9mR8fgCU1p78w/OJndOgy09GfSUY2CCgzeBKwXpfAsl1X9xWwo4DVclMC71r+&#10;/0D3AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALf6T6M4AgAAfQQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAeKzIDcAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAkgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="26AC5696" w14:textId="77777777" w:rsidR="00CD3991" w:rsidRDefault="00CD3991"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00A45C81">
+        <w:t xml:space="preserve">Comments (Optional): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0423EF91" w14:textId="77777777" w:rsidR="0015798A" w:rsidRDefault="0015798A" w:rsidP="001D4C2F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00F27057" w:rsidRPr="00146A8B" w:rsidSect="009936E8">
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="0015798A" w:rsidSect="001D4C2F">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="990" w:right="1080" w:bottom="990" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="450" w:right="630" w:bottom="1440" w:left="1710" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002E25FB" w:rsidRDefault="002E25FB" w:rsidP="002E25FB">
+    <w:p w14:paraId="5CCD85B4" w14:textId="77777777" w:rsidR="007D7BAF" w:rsidRDefault="007D7BAF" w:rsidP="0015798A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002E25FB" w:rsidRDefault="002E25FB" w:rsidP="002E25FB">
+    <w:p w14:paraId="36B84E3C" w14:textId="77777777" w:rsidR="007D7BAF" w:rsidRDefault="007D7BAF" w:rsidP="0015798A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070409020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002E25FB" w:rsidRDefault="002E25FB" w:rsidP="002E25FB">
+    <w:p w14:paraId="3C47A8E1" w14:textId="77777777" w:rsidR="007D7BAF" w:rsidRDefault="007D7BAF" w:rsidP="0015798A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002E25FB" w:rsidRDefault="002E25FB" w:rsidP="002E25FB">
+    <w:p w14:paraId="786E4DF8" w14:textId="77777777" w:rsidR="007D7BAF" w:rsidRDefault="007D7BAF" w:rsidP="0015798A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="33220CCE"/>
+    <w:tmpl w:val="C310EC42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="57327618"/>
+    <w:tmpl w:val="E4089024"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8984ECE2"/>
+    <w:tmpl w:val="FB12693A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1D8C0D5A"/>
+    <w:tmpl w:val="38441652"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF80"/>
-[...18 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="93BE8A52"/>
+    <w:tmpl w:val="171AC3A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2780A6EE"/>
+    <w:tmpl w:val="F3EAFDEC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="4ED0EF70"/>
+    <w:tmpl w:val="3D1EFFD4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FD7298F2"/>
+    <w:tmpl w:val="D0A62B40"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B9F2FA3C"/>
+    <w:tmpl w:val="29761A62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1482775B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0EBA3C40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1374112812">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1597403723">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1193610892">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="2111730029">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="786969887">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1473517718">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1064183688">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1955478377">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="569660777">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="46221772">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="11" w16cid:durableId="1291130772">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="12" w16cid:durableId="1087776114">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="13" w16cid:durableId="1056784793">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="14" w16cid:durableId="334265271">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="15" w16cid:durableId="1123695922">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="16" w16cid:durableId="1283804474">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="17" w16cid:durableId="1273248849">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="18" w16cid:durableId="47147229">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="19" w16cid:durableId="1649089572">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:stylePaneFormatFilter w:val="7004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003974A2"/>
-[...83 lines deleted...]
-    <w:rsid w:val="00FD6C1B"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="00057205"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="00067800"/>
+    <w:rsid w:val="001206A8"/>
+    <w:rsid w:val="0014706E"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="0015798A"/>
+    <w:rsid w:val="001D4C2F"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="003B3ED1"/>
+    <w:rsid w:val="005C688B"/>
+    <w:rsid w:val="0065193E"/>
+    <w:rsid w:val="00796227"/>
+    <w:rsid w:val="007D7BAF"/>
+    <w:rsid w:val="00875C8D"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rsid w:val="00A45C81"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00AA3A70"/>
+    <w:rsid w:val="00AF0DD7"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00C726C2"/>
+    <w:rsid w:val="00CA45CC"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00CD3991"/>
+    <w:rsid w:val="00D37597"/>
+    <w:rsid w:val="00F008AD"/>
+    <w:rsid w:val="00F16C4B"/>
+    <w:rsid w:val="00F80ABD"/>
+    <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3B2F1DDE"/>
-  <w15:docId w15:val="{48044F9D-30C9-40B6-86EF-8DACE22BFCF1}"/>
+  <w14:docId w14:val="6CB1F4C7"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{2051E777-13E7-45F9-A87C-99FB8BE535C8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="120" w:line="264" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5655,51 +4561,51 @@
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="11" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5738,51 +4644,51 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
@@ -5848,59 +4754,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -5952,457 +4849,11192 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB3071"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00933B60"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="004B13D0"/>
+    <w:rsid w:val="00933B60"/>
     <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="320" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Tahoma"/>
-[...5 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AB3071"/>
+    <w:rsid w:val="00933B60"/>
     <w:pPr>
-      <w:jc w:val="center"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00AB3071"/>
+    <w:rsid w:val="00933B60"/>
     <w:pPr>
-      <w:spacing w:before="40" w:after="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
-      <w:sz w:val="18"/>
+      <w:bCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001D4C2F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:ind w:left="720" w:right="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3864" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:left w:val="single" w:sz="18" w:space="12" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:line="300" w:lineRule="auto"/>
+      <w:ind w:left="1224" w:right="1224"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:u w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00933B60"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="00585698"/>
-[...3 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...3 lines deleted...]
-    <w:rsid w:val="00AB3071"/>
+  <w:style w:type="table" w:styleId="LightShading">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-[...6 lines deleted...]
-    <w:rsid w:val="004B13D0"/>
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...5 lines deleted...]
-    <w:rsid w:val="004B13D0"/>
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:color w:val="C45911" w:themeColor="accent2" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Introduction">
-[...3 lines deleted...]
-    <w:rsid w:val="004B13D0"/>
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="200"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B7B7B" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="PlaceholderText">
-[...4 lines deleted...]
-    <w:rsid w:val="004B13D0"/>
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:color w:val="BF8F00" w:themeColor="accent4" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...5 lines deleted...]
-    <w:rsid w:val="002E25FB"/>
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:color w:val="2E74B5" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...4 lines deleted...]
-    <w:rsid w:val="002E25FB"/>
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="538135" w:themeColor="accent6" w:themeShade="BF"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...5 lines deleted...]
-    <w:rsid w:val="002E25FB"/>
+  <w:style w:type="table" w:styleId="LightList">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...4 lines deleted...]
-    <w:rsid w:val="002E25FB"/>
+  <w:style w:type="table" w:styleId="LightList-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-      <w:szCs w:val="24"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="44546A" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7295D2" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="F19D64" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="BBBBBB" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFCF40" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="84B3DF" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="93C571" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ECF1F9" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDF2EA" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEF5FB" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F0F7EC" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4472C4" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="1F3763" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="ED7D31" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="823B0B" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="525252" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFC000" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7F5F00" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BF8F00" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BF8F00" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BF8F00" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BF8F00" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="1F4D78" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="70AD47" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="375623" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="538135" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="538135" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="538135" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="538135" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4472C4" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="ECF1F9" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="264378" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="264378" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="264378" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="264378" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDF2EA" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="ED7D31" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9D470D" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9D470D" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9D470D" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9D470D" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="636363" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="636363" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="636363" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="636363" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFC000" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="A5A5A5" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="997300" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="997300" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="997300" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="997300" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EEF5FB" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="255D91" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="255D91" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="255D91" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="255D91" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="70AD47" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F0F7EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="43672A" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="43672A" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="43672A" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="43672A" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D25F12" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="D25F12" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="ECF1F9" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D25F12" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="D25F12" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D0DBF0" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDF2EA" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D25F12" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="D25F12" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FADECB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CC9900" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="CC9900" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFF8E6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="848484" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="848484" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFEFC0" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EEF5FB" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="598A38" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="598A38" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E6F4" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F0F7EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="317CC1" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="317CC1" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBEBD0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F5496" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A1B8E1" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FBE4D5" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7CAAC" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C45911" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6BE98" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="7B7B7B" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2D2D2" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFE599" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BF8F00" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BF8F00" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFDF80" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E74B5" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="ADCCEA" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C5E0B3" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="538135" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="538135" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7D8A0" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...15 lines deleted...]
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\lauras\AppData\Roaming\Microsoft\Templates\Employee%20benefits%20survey.dotx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office Classic 2">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Arial"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
-[...2 lines deleted...]
-        <a:font script="Hant" typeface="微軟正黑體"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-      </a:majorFont>
-[...32 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-[...5 lines deleted...]
-                <a:shade val="93000"/>
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr">
               <a:shade val="95000"/>
               <a:satMod val="105000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
@@ -6480,108 +16112,328 @@
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B76C865EA4BBC64892923DBDA079E68E" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2c80b929c7224c0fef795285e090c219">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ece9f377-5be0-4b64-b1eb-8ad69f6168ae" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f518eb2b0f42f34bb189aabfabb684c4" ns2:_="">
+    <xsd:import namespace="ece9f377-5be0-4b64-b1eb-8ad69f6168ae"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ece9f377-5be0-4b64-b1eb-8ad69f6168ae" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
-  <Edit>AssetEditForm</Edit>
+  <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEC0F541-6B8F-4B45-850E-3E291E823708}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{443ED321-A13B-479A-96E9-0E1C1C5F68BB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE93FB70-0641-4AE6-AC30-77C9D96EA346}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{134A03DE-B934-42F3-8564-59CFA9C2F80B}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Employee benefits survey</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>369</Words>
-  <Characters>2224</Characters>
+  <Words>487</Words>
+  <Characters>2778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Employee benefits survey</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2588</CharactersWithSpaces>
+  <CharactersWithSpaces>3259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Employee benefits survey</dc:title>
-  <dc:creator>Laura Vieth</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:version/>
+  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_TemplateID">
-    <vt:lpwstr>TC062565361033</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100B76C865EA4BBC64892923DBDA079E68E</vt:lpwstr>
   </property>
 </Properties>
 </file>