--- v0 (2025-10-27)
+++ v1 (2026-03-10)
@@ -1,1298 +1,1594 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00667174" w:rsidRPr="00667174" w:rsidRDefault="00667174" w:rsidP="007827DC">
+    <w:p w14:paraId="561B67F1" w14:textId="21D292C6" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
       <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B230F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Transcript Template (GNPEC-Compliant Fields)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4913EF45" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="746F6BE7" w14:textId="3119E286" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>GNPEC TRANSCRIPT TEMPLATE</w:t>
-[...285 lines deleted...]
-        <w:t>_____________________</w:t>
+        <w:t>Institution Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="LightList-Accent1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Transcript Template"/>
-        <w:tblDescription w:val="This is an example of how an institution can structure a transcript."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6115"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="985"/>
+        <w:gridCol w:w="4304"/>
+        <w:gridCol w:w="4316"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007B5010" w:rsidTr="009843F5">
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="2BB0B135" w14:textId="77777777" w:rsidTr="004B23CE">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRPr="007B5010" w:rsidRDefault="007B5010" w:rsidP="007B5010">
+          <w:p w14:paraId="4DE74F14" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B5010">
+            <w:r w:rsidRPr="00B230F8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>COURSE</w:t>
-[...63 lines deleted...]
-              <w:t>HOURS</w:t>
+              <w:t>Institution Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRPr="007B5010" w:rsidRDefault="007B5010" w:rsidP="007B5010">
+          <w:p w14:paraId="3DD190E7" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B5010">
+            <w:r w:rsidRPr="00B230F8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>GRADE</w:t>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="28DC655C" w14:textId="77777777" w:rsidTr="004B23CE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348AF614" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Institution Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRPr="007B5010" w:rsidRDefault="007B5010" w:rsidP="007B5010">
+          <w:p w14:paraId="520F1D1B" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
             <w:pPr>
-              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B5010">
+            <w:r w:rsidRPr="00B230F8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="3AC83BB3" w14:textId="77777777" w:rsidTr="004B23CE">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A293804" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>City &amp; State:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A56B0C5" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B230F8" w:rsidRPr="00B230F8" w14:paraId="3D57440A" w14:textId="77777777" w:rsidTr="004B23CE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B80B29D" w14:textId="77777777" w:rsidR="00B230F8" w:rsidRPr="00B230F8" w:rsidRDefault="00B230F8" w:rsidP="00B230F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Student Status</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA0058D" w14:textId="3350F8BE" w:rsidR="00B230F8" w:rsidRPr="00B230F8" w:rsidRDefault="00B230F8" w:rsidP="00B230F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>(e.g., Active, Graduated, Withdrawn):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44636458" w14:textId="77777777" w:rsidR="00B230F8" w:rsidRPr="00B230F8" w:rsidRDefault="00B230F8" w:rsidP="00B230F8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C01D50E" w14:textId="340D5D36" w:rsidR="00B230F8" w:rsidRPr="00B230F8" w:rsidRDefault="00B230F8" w:rsidP="00B230F8">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="686CCDA3" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="00DD100F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BC31248" w14:textId="74CFF166" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8" w:rsidP="00DD100F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B230F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Student Information</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="LightList-Accent2"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4304"/>
+        <w:gridCol w:w="4316"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="6B4B11F5" w14:textId="77777777" w:rsidTr="00DD100F">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA9F243" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Student Full Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BFA5DD" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="1F9E679B" w14:textId="77777777" w:rsidTr="004B23CE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FCDBD1" w14:textId="10E0CC89" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00B230F8" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Date of Birth</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD100F" w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3489A57C" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="2EFBB7EC" w14:textId="77777777" w:rsidTr="004B23CE">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF96BD2" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Program Enrolled:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAA07D7" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD100F" w:rsidRPr="00B230F8" w14:paraId="18C18F37" w14:textId="77777777" w:rsidTr="004B23CE">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CB931B" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Enrollment Dates (Start–End):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D73964" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F" w:rsidP="004B23CE">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4A630925" w14:textId="77777777" w:rsidR="00DD100F" w:rsidRPr="00B230F8" w:rsidRDefault="00DD100F">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34B35193" w14:textId="1CCEF393" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B230F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Course History</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="LightGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="2155"/>
+        <w:gridCol w:w="2155"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00266C8E" w:rsidRPr="00B230F8" w14:paraId="6D59BF1B" w14:textId="77777777" w:rsidTr="00266C8E">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E4D4134" w14:textId="53317916" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="00B230F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Course /</w:t>
+            </w:r>
+            <w:r w:rsidR="002A5AD8" w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CB48B2" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Hours</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B0C895" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>Grade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0BAF88" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
+            <w:pPr>
+              <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
               <w:t>GPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD54E8" w:rsidTr="009843F5">
+      <w:tr w:rsidR="00266C8E" w:rsidRPr="00B230F8" w14:paraId="1A175E4E" w14:textId="77777777" w:rsidTr="00266C8E">
         <w:trPr>
-          <w:cantSplit/>
-[...1 lines deleted...]
-          <w:tblHeader/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9350" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD54E8" w:rsidRPr="007B5010" w:rsidRDefault="00BD54E8" w:rsidP="007B5010">
+          <w:p w14:paraId="270572AF" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00B230F8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>TERM</w:t>
+              <w:t>______________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="007B5010">
-[...36 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="170D716D" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="79C531DE" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="1D171899" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B5010" w:rsidTr="009843F5">
+      <w:tr w:rsidR="00266C8E" w:rsidRPr="00B230F8" w14:paraId="4D8E7715" w14:textId="77777777" w:rsidTr="00266C8E">
         <w:trPr>
-          <w:cantSplit/>
-          <w:tblHeader/>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="0D899D12" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="735B80FF" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="18709F17" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="3393F0ED" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B5010" w:rsidTr="009843F5">
+      <w:tr w:rsidR="00266C8E" w:rsidRPr="00B230F8" w14:paraId="01DBE5BB" w14:textId="77777777" w:rsidTr="00266C8E">
         <w:trPr>
-          <w:cantSplit/>
-          <w:tblHeader/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="6D7B494D" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="2DB805A9" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="07BDF373" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="1D312818" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
-      <w:tr w:rsidR="007B5010" w:rsidTr="009843F5">
+      <w:tr w:rsidR="00266C8E" w:rsidRPr="00B230F8" w14:paraId="5D9A43D5" w14:textId="77777777" w:rsidTr="00266C8E">
         <w:trPr>
-          <w:cantSplit/>
-          <w:tblHeader/>
+          <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="6C08F592" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="2EC1DC8D" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="5E36D707" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="78E3FE28" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000010000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="1" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007B5010" w:rsidTr="009843F5">
+      <w:tr w:rsidR="00266C8E" w:rsidRPr="00B230F8" w14:paraId="68B7A5E8" w14:textId="77777777" w:rsidTr="00266C8E">
         <w:trPr>
-          <w:cantSplit/>
-          <w:tblHeader/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6115" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="0229339A" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="01AD39AC" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1170" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="6D8A1ABB" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B230F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007B5010" w:rsidRDefault="007B5010" w:rsidP="007827DC">
+          <w:p w14:paraId="66305EF4" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
             <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...12 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00B230F8">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
               </w:rPr>
-            </w:pPr>
-[...35 lines deleted...]
-            </w:pPr>
+              <w:t>______________________________</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A36565" w:rsidRDefault="00577830" w:rsidP="00A36565">
+    <w:p w14:paraId="16FDFDC1" w14:textId="77777777" w:rsidR="00266C8E" w:rsidRPr="00B230F8" w:rsidRDefault="00266C8E">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36565" w:rsidRDefault="00A36565" w:rsidP="00A36565">
+    <w:p w14:paraId="22E46E0D" w14:textId="456035D5" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B230F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Overall GPA (if applicable): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B230F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305EC03D" w14:textId="5A83C713" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="006C73A4">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC008F" w:rsidRPr="00667174" w:rsidRDefault="00CC008F" w:rsidP="00A36565">
+    <w:p w14:paraId="3E01C3FE" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
         </w:rPr>
-        <w:t>Notes / Comments: _______________________________________________________________</w:t>
+        <w:t xml:space="preserve">Authorized Representative Name &amp; Title: </w:t>
       </w:r>
-      <w:r w:rsidR="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:t>___</w:t>
-[...5 lines deleted...]
-        <w:t>__</w:t>
+        <w:t>______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC008F" w:rsidRPr="00667174" w:rsidRDefault="00CC008F" w:rsidP="007827DC">
+    <w:p w14:paraId="64C8CD53" w14:textId="77777777" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">Authorized Representative Signature: </w:t>
       </w:r>
-      <w:r w:rsidR="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:t>___</w:t>
+        <w:t>______________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC008F" w:rsidRPr="00667174" w:rsidRDefault="00CC008F" w:rsidP="007827DC">
+    <w:p w14:paraId="752DF595" w14:textId="1D0A29F6" w:rsidR="00E579B9" w:rsidRDefault="00E579B9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00660F21">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:t>___</w:t>
+        <w:t>Graduation Date: ________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007827DC" w:rsidRPr="00667174" w:rsidRDefault="007827DC" w:rsidP="007827DC">
+    <w:p w14:paraId="0679D221" w14:textId="7496CF73" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
+          <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">License Requirements for graduates of this program: </w:t>
+        <w:t xml:space="preserve">Date of Issuance: </w:t>
       </w:r>
-      <w:r w:rsidR="00A0633A" w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [</w:t>
-[...18 lines deleted...]
-        <w:t>NO</w:t>
+        <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583ADD" w:rsidRDefault="00A0633A" w:rsidP="00583ADD">
+    <w:p w14:paraId="0A7F01D3" w14:textId="4473EAC7" w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidRDefault="002A5AD8">
       <w:pPr>
-        <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:t xml:space="preserve">If Yes, </w:t>
+        <w:t>Note: Not official without institutional seal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00667174">
+      <w:r w:rsidR="001D0D01" w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:tab/>
+        <w:t xml:space="preserve"> or logo</w:t>
       </w:r>
-      <w:r w:rsidR="00583ADD">
+      <w:r w:rsidRPr="00B230F8">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display"/>
         </w:rPr>
-        <w:t>Met (   )</w:t>
-[...23 lines deleted...]
-        <w:t>_______</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00583ADD" w:rsidRDefault="00A0633A" w:rsidP="00583ADD">
-[...102 lines deleted...]
-    <w:sectPr w:rsidR="007827DC" w:rsidRPr="00667174">
+    <w:sectPr w:rsidR="006C73A4" w:rsidRPr="00B230F8" w:rsidSect="00266C8E">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="0" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070409020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C310EC42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FB12693A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="38441652"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="171AC3A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F3EAFDEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3D1EFFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D0A62B40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1455561904">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="53819527">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="661930784">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="644089252">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1560750090">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="224073853">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="392781465">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="446848410">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1597784889">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007827DC"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FD5029"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="000C5C05"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="001D0D01"/>
+    <w:rsid w:val="00266C8E"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="002A5AD8"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="004558D7"/>
+    <w:rsid w:val="00646585"/>
+    <w:rsid w:val="00660F21"/>
+    <w:rsid w:val="006B54FE"/>
+    <w:rsid w:val="006C73A4"/>
+    <w:rsid w:val="0087052F"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B230F8"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00C93C0C"/>
+    <w:rsid w:val="00CA4493"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00DD100F"/>
+    <w:rsid w:val="00DE2AAC"/>
+    <w:rsid w:val="00E579B9"/>
+    <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B8BCB414-EB4C-4D23-95FF-CDF2EE5FCFCB}"/>
+  <w14:docId w14:val="6E9CCD40"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{8C52C421-2FED-4456-BA7A-DD05CE58F783}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1403,51 +1699,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1516,59 +1812,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -1620,431 +1907,11496 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="6E6E6E" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6E6E6E" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CC008F"/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="6E6E6E" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="6E6E6E" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-    <w:name w:val="Balloon Text Char"/>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="DDDDDD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="B2B2B2" w:themeColor="accent2"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="B2B2B2" w:themeColor="accent2"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CC008F"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
-    <w:rsid w:val="007B5010"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="table" w:styleId="LightShading">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="A5A5A5" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="858585" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="707070" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5F5F5F" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="474747" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="393939" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="E5E5E5" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="C5C5C5" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="B0B0B0" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="9F9F9F" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="878787" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="797979" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="969696" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F4F4F4" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="808080" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DDDDDD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6E6E6E" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="B2B2B2" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="585858" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="858585" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="858585" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="858585" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="858585" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="969696" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4A4A4A" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="707070" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="707070" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="707070" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="707070" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3F3F3F" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2F2F2F" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="474747" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="474747" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="474747" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="474747" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4D4D4D" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="262626" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="DDDDDD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="848484" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="848484" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="848484" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="848484" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="B2B2B2" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6A6A6A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="6A6A6A" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6A6A6A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="6A6A6A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F4F4F4" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="808080" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5A5A5A" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5A5A5A" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5A5A5A" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5A5A5A" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D5D5D5" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="969696" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="969696" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C4C4C" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4C4C4C" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C4C4C" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C4C4C" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="393939" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4D4D4D" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="5F5F5F" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E2E2E" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2E2E2E" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E2E2E" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2E2E2E" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7B7B7" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8E8E8E" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="8E8E8E" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FBFBFB" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8E8E8E" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="8E8E8E" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F6F6F6" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8E8E8E" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="8E8E8E" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EBEBEB" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F4F4F4" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="666666" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="666666" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="787878" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="787878" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3D3D3D" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3D3D3D" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C4C4C" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="4C4C4C" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3D3D3" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8F8F8" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F1F1F1" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5A5A5" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EEEEEE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="858585" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="858585" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAEAEA" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D5D5D5" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D5D5D5" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="707070" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="707070" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CACACA" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F5F5F" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFDFDF" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="474747" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="474747" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="AFAFAF" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7B7B7" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B7B7B7" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="393939" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00646585"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00646585"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00646585"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00646585"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00646585"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Grayscale">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="F8F8F8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="DDDDDD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="B2B2B2"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="969696"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="808080"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5F5F5F"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4D4D4D"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="5F5F5F"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="919191"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>174</Words>
-  <Characters>994</Characters>
+  <Words>230</Words>
+  <Characters>1312</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft</Company>
+  <Manager/>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1166</CharactersWithSpaces>
+  <CharactersWithSpaces>1539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Pat Neri</dc:creator>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
-  <dc:description/>
+  <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>